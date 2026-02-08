--- v0 (2025-10-09)
+++ v1 (2026-02-08)
@@ -4,67 +4,67 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atsinsubria.sharepoint.com/sites/UOCFARMACEUTICO/Documenti condivisi/10_PROTESICA/2_FORNITORI/3_ELENCO FORNITORI WEB/ELENCO FORNITORI 2025/AGOSTO 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atsinsubria.sharepoint.com/sites/UOCFARMACEUTICO/Documenti condivisi/10_PROTESICA/2_FORNITORI/3_ELENCO FORNITORI WEB/ELENCO FORNITORI 2025/DICEMBRE 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="24" documentId="13_ncr:1_{D1517244-E786-4840-9890-3C9950ACCB8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8DBB981B-B88F-476A-A136-06FAF0436847}"/>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{C77976BE-7568-40AB-88F4-25E5C009B418}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E8C937F1-BDE0-4BE4-9492-7BA3748548EB}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="elenco ad AGOSTO 2025 (web)" sheetId="1" r:id="rId1"/>
+    <sheet name="elenco a DICEMBRE 2025 (web)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'elenco ad AGOSTO 2025 (web)'!$A$1:$USM$97</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'elenco ad AGOSTO 2025 (web)'!$1:$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'elenco a DICEMBRE 2025 (web)'!$A$1:$USM$97</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'elenco a DICEMBRE 2025 (web)'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="473" uniqueCount="405">
   <si>
     <t>Cod. Fornitore</t>
   </si>
   <si>
     <t>Denominazione Fornitore</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Tel.</t>
   </si>
   <si>
@@ -157,62 +157,50 @@
   <si>
     <t>BIOSONIC</t>
   </si>
   <si>
     <t>VIA BENZI, 18</t>
   </si>
   <si>
     <t>031 241710</t>
   </si>
   <si>
     <t>COMO (CO)</t>
   </si>
   <si>
     <t>03030300014</t>
   </si>
   <si>
     <t>AMPLIFON ITALIA  S.P.A. - COMO</t>
   </si>
   <si>
     <t>VIA MILANO, 180/172</t>
   </si>
   <si>
     <t>031 273147</t>
   </si>
   <si>
-    <t>03030300020</t>
-[...10 lines deleted...]
-  <si>
     <t>03030300022</t>
   </si>
   <si>
     <t>GALENO C.A.</t>
   </si>
   <si>
     <t>VIA GIOVIO, 12</t>
   </si>
   <si>
     <t>031 4310026</t>
   </si>
   <si>
     <t>03030300024</t>
   </si>
   <si>
     <t>OTOCENTERSRL</t>
   </si>
   <si>
     <t>VIA DANTE ALIGHIERI, 119</t>
   </si>
   <si>
     <t>031 303453</t>
   </si>
   <si>
     <t>03032200006</t>
@@ -1246,51 +1234,63 @@
   <si>
     <t>0331/1173640</t>
   </si>
   <si>
     <t>03032200035</t>
   </si>
   <si>
     <t>AUDIOSA SRL</t>
   </si>
   <si>
     <t>VIA ROMOLO GUFFANTI 2F</t>
   </si>
   <si>
     <t>BULGAROGRASSO (CO)</t>
   </si>
   <si>
     <t>03032200037</t>
   </si>
   <si>
     <t>CORSO XXV APRILE 27</t>
   </si>
   <si>
     <t>0332 253610</t>
   </si>
   <si>
-    <t>031 2493578    800644792</t>
+    <t>031 2493578 800644792</t>
+  </si>
+  <si>
+    <t>03032200038</t>
+  </si>
+  <si>
+    <t>ORECCHIABILE SRL</t>
+  </si>
+  <si>
+    <t>CORSO ITALIA 28</t>
+  </si>
+  <si>
+    <t>380 2194777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
@@ -1314,140 +1314,126 @@
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -1756,62 +1742,62 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F97"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G24" sqref="G24"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B78" sqref="B78:B97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="31.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="69.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="27.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25" style="4" customWidth="1"/>
     <col min="7" max="78" width="31.140625" style="3"/>
     <col min="79" max="79" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="80" max="80" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="81" max="81" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="82" max="86" width="31.140625" style="3"/>
     <col min="87" max="87" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="88" max="88" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="89" max="89" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="90" max="94" width="31.140625" style="3"/>
     <col min="95" max="95" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="96" max="96" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="97" max="97" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="98" max="102" width="31.140625" style="3"/>
     <col min="103" max="103" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="104" max="104" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="105" max="105" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="106" max="110" width="31.140625" style="3"/>
     <col min="111" max="111" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="112" max="112" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="113" max="113" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="114" max="118" width="31.140625" style="3"/>
     <col min="119" max="119" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="120" max="120" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="121" max="121" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="122" max="126" width="31.140625" style="3"/>
@@ -9086,150 +9072,150 @@
     <col min="14663" max="14663" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="14664" max="14664" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="14665" max="14665" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="14666" max="14670" width="31.140625" style="3"/>
     <col min="14671" max="14671" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="14672" max="14672" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="14673" max="14673" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="14674" max="14678" width="31.140625" style="3"/>
     <col min="14679" max="14679" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="14680" max="14680" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="14681" max="14681" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="14682" max="14686" width="31.140625" style="3"/>
     <col min="14687" max="14687" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="14688" max="14688" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="14689" max="14689" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="14690" max="14694" width="31.140625" style="3"/>
     <col min="14695" max="14695" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="14696" max="14696" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="14697" max="14697" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="14698" max="14702" width="31.140625" style="3"/>
     <col min="14703" max="14703" width="9.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="14704" max="16384" width="31.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
+      <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="17" t="s">
+      <c r="B1" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="C1" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="16" t="s">
+      <c r="D1" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="18" t="s">
+      <c r="E1" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="17" t="s">
+      <c r="F1" s="15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="19"/>
-[...3 lines deleted...]
-      <c r="F2" s="19"/>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8" t="s">
-        <v>397</v>
-[...10 lines deleted...]
-      <c r="E3" s="9">
+        <v>393</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="D3" s="18" t="s">
+        <v>400</v>
+      </c>
+      <c r="E3" s="7">
         <v>22070</v>
       </c>
-      <c r="F3" s="8" t="s">
-        <v>400</v>
+      <c r="F3" s="6" t="s">
+        <v>396</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="7">
         <v>21052</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="7">
         <v>21052</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A6" s="10" t="s">
+      <c r="A6" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D6" s="11" t="s">
+      <c r="D6" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="7">
         <v>21052</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E7" s="7">
         <v>21052</v>
       </c>
@@ -9277,1829 +9263,1829 @@
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E10" s="7">
         <v>22100</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E11" s="7">
         <v>22100</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="7">
         <v>22100</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E13" s="7">
         <v>22100</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E14" s="7">
         <v>22100</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E15" s="7">
         <v>22100</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="7">
         <v>22100</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E17" s="7">
-        <v>22100</v>
+        <v>22036</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E18" s="7">
         <v>22036</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>73</v>
+        <v>375</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E19" s="7">
         <v>22036</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>379</v>
+        <v>85</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="E20" s="7">
-        <v>22036</v>
+        <v>21013</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="E21" s="7">
         <v>21013</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A22" s="6" t="s">
+      <c r="A22" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" s="12">
+        <v>21013</v>
+      </c>
+      <c r="F22" s="11" t="s">
         <v>76</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="12" t="s">
-        <v>85</v>
+      <c r="A23" s="6" t="s">
+        <v>77</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>379</v>
-[...7 lines deleted...]
-      <c r="E23" s="14">
+        <v>78</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E23" s="7">
         <v>21013</v>
       </c>
-      <c r="F23" s="13" t="s">
-        <v>80</v>
+      <c r="F23" s="6" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E24" s="7">
-        <v>21013</v>
+        <v>21026</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="6" t="s">
-        <v>92</v>
+      <c r="A25" s="8" t="s">
+        <v>397</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>93</v>
+        <v>171</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>398</v>
+      </c>
+      <c r="D25" s="13" t="s">
+        <v>399</v>
       </c>
       <c r="E25" s="7">
         <v>21026</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A26" s="10" t="s">
-        <v>401</v>
+      <c r="A26" s="6" t="s">
+        <v>93</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>175</v>
+        <v>94</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>95</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>96</v>
       </c>
       <c r="E26" s="7">
-        <v>21026</v>
+        <v>22074</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E27" s="7">
-        <v>22074</v>
+        <v>21016</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E28" s="7">
         <v>21016</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="6" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="7">
-        <v>21016</v>
+        <v>22066</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E30" s="7">
-        <v>22066</v>
+        <v>22077</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E31" s="7">
-        <v>22077</v>
+        <v>21047</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E32" s="7">
         <v>21047</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B33" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="C33" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="C33" s="6" t="s">
+      <c r="D33" s="6" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E33" s="7">
         <v>21047</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
-        <v>130</v>
+        <v>401</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>379</v>
+        <v>402</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>131</v>
+        <v>403</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>132</v>
+        <v>404</v>
       </c>
       <c r="E34" s="7">
         <v>21047</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" s="6" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E35" s="7">
         <v>21018</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="E36" s="7">
         <v>21049</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="E37" s="7">
         <v>21049</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E38" s="7">
         <v>21100</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A39" s="6" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="E39" s="7">
         <v>21100</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="6" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E40" s="7">
         <v>21100</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="6" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="E41" s="7">
         <v>21100</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="6" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="E42" s="7">
         <v>21100</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="6" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E43" s="7">
         <v>21100</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="6" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E44" s="7">
         <v>21100</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E45" s="7">
         <v>21100</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="46" spans="1:6" s="2" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="19" t="s">
-[...6 lines deleted...]
-      <c r="F46" s="19"/>
+      <c r="A46" s="17" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" s="17"/>
+      <c r="C46" s="17"/>
+      <c r="D46" s="17"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="17"/>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A47" s="6" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E47" s="7">
         <v>21052</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A48" s="6" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E48" s="7">
         <v>21052</v>
       </c>
       <c r="F48" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A49" s="6" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E49" s="7">
         <v>22063</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A50" s="10" t="s">
-        <v>191</v>
+      <c r="A50" s="8" t="s">
+        <v>187</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D50" s="15">
+        <v>189</v>
+      </c>
+      <c r="D50" s="13">
         <v>3389746872</v>
       </c>
       <c r="E50" s="7">
         <v>21012</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A51" s="6" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E51" s="7">
         <v>21053</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A52" s="6" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E52" s="7">
         <v>21044</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A53" s="6" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E53" s="7">
         <v>22100</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A54" s="6" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E54" s="7">
         <v>22100</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A55" s="10" t="s">
-        <v>216</v>
+      <c r="A55" s="8" t="s">
+        <v>212</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="E55" s="7">
         <v>22100</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A56" s="6" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="E56" s="7">
         <v>22100</v>
       </c>
       <c r="F56" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A57" s="6" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="E57" s="7">
         <v>21020</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A58" s="6" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E58" s="7">
         <v>22036</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A59" s="6" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E59" s="7">
         <v>21013</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A60" s="6" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="E60" s="7">
         <v>21013</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A61" s="6" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E61" s="7">
         <v>21026</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A62" s="6" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="E62" s="7">
         <v>22044</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A63" s="6" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E63" s="7">
         <v>21015</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A64" s="6" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="E64" s="7">
         <v>21016</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A65" s="6" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E65" s="7">
         <v>22018</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A66" s="6" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="E66" s="7">
         <v>22020</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A67" s="6" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="E67" s="7">
         <v>21047</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A68" s="6" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E68" s="7">
         <v>21047</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A69" s="10" t="s">
-        <v>265</v>
+      <c r="A69" s="8" t="s">
+        <v>261</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="E69" s="7">
         <v>21019</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A70" s="6" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="E70" s="7">
         <v>21049</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A71" s="6" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="E71" s="7">
         <v>21100</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A72" s="10" t="s">
-        <v>290</v>
+      <c r="A72" s="8" t="s">
+        <v>286</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="E72" s="7">
         <v>21100</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A73" s="6" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="E73" s="7">
         <v>21100</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A74" s="6" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="E74" s="7">
         <v>21100</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A75" s="6" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="E75" s="7">
         <v>21100</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A76" s="6" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E76" s="7">
         <v>21100</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="77" spans="1:6" s="2" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="19" t="s">
-[...6 lines deleted...]
-      <c r="F77" s="19"/>
+      <c r="A77" s="17" t="s">
+        <v>290</v>
+      </c>
+      <c r="B77" s="17"/>
+      <c r="C77" s="17"/>
+      <c r="D77" s="17"/>
+      <c r="E77" s="17"/>
+      <c r="F77" s="17"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A78" s="6" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="E78" s="7">
         <v>21022</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A79" s="6" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="E79" s="7">
         <v>21052</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A80" s="6" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="E80" s="7">
         <v>21040</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A81" s="6" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="E81" s="7">
         <v>22100</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A82" s="6" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="E82" s="7">
         <v>21035</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A83" s="6" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="E83" s="7">
         <v>21010</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A84" s="6" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="E84" s="7">
         <v>21013</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A85" s="6" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E85" s="7">
         <v>21013</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A86" s="6" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E86" s="7">
         <v>21027</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A87" s="6" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="E87" s="7">
         <v>22075</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A88" s="6" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="E88" s="7">
         <v>21046</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A89" s="6" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="E89" s="7">
         <v>21046</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A90" s="6" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E90" s="7">
         <v>21030</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A91" s="6" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="E91" s="7">
         <v>21057</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A92" s="6" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E92" s="7">
         <v>21047</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A93" s="6" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="E93" s="7">
         <v>21049</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A94" s="6" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E94" s="7">
         <v>21049</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A95" s="6" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="E95" s="7">
         <v>22078</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A96" s="6" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E96" s="7">
         <v>22029</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A97" s="6" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E97" s="7">
         <v>21100</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A78:F97">
     <sortCondition ref="F78:F97"/>
     <sortCondition ref="B78:B97"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A46:F46"/>
     <mergeCell ref="A77:F77"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="1.1417322834645669" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="84" fitToHeight="0" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="81" fitToHeight="0" orientation="landscape" verticalDpi="599" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;CELENCO REGIONALE FORNITORI PROTESICA (ELENCO 1 -ALLEGATO 5 - DPCM 12.01.2017)
-AGGIORNAMENTO AGOSTO 2025</oddHeader>
+AGGIORNAMENTO DICEMBRE 2025</oddHeader>
     <oddFooter>&amp;R&amp;8&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="45" max="16383" man="1"/>
     <brk id="76" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Flow_SignoffStatus xmlns="74f4b2ef-d7ee-46f9-988a-12af1883e036" xsi:nil="true"/>
     <TaxCatchAll xmlns="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="74f4b2ef-d7ee-46f9-988a-12af1883e036">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100FCBF52EAE233F04E94B4D5EFD41D4322" ma:contentTypeVersion="16" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="29cca7893bb73cf2b3d36c601db8b315">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74f4b2ef-d7ee-46f9-988a-12af1883e036" xmlns:ns3="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75582aa6b7a67857e4eab2cea7ff87a7" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100FCBF52EAE233F04E94B4D5EFD41D4322" ma:contentTypeVersion="16" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="78e47afa2753773b00e0b64beec0327b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74f4b2ef-d7ee-46f9-988a-12af1883e036" xmlns:ns3="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37a531192e4a37946a43cdc2d5f774a5" ns2:_="" ns3:_="">
     <xsd:import namespace="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
     <xsd:import namespace="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -11295,118 +11281,118 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54AED678-6193-45D7-8983-C8733781A986}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{066ABD1D-9FA4-4587-9DCC-287F6A00D2FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54AED678-6193-45D7-8983-C8733781A986}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{979274A6-4FEB-4AA4-B73C-053E24DF61DB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20B7BE3E-F940-4061-98BB-3994BE0D0FDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
     <ds:schemaRef ds:uri="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>elenco ad AGOSTO 2025 (web)</vt:lpstr>
-      <vt:lpstr>'elenco ad AGOSTO 2025 (web)'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>elenco a DICEMBRE 2025 (web)</vt:lpstr>
+      <vt:lpstr>'elenco a DICEMBRE 2025 (web)'!Titoli_stampa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Oria Cristina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FCBF52EAE233F04E94B4D5EFD41D4322</vt:lpwstr>
   </property>