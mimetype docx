--- v0 (2025-10-29)
+++ v1 (2026-02-05)
@@ -2,490 +2,809 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="343989A7" w14:textId="6004A96E" w:rsidR="001E6BF3" w:rsidRDefault="00495118" w:rsidP="00495118">
+    <w:p w14:paraId="343989A7" w14:textId="6004A96E" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="00495118" w:rsidP="00495118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MARCA DA BOLLO</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Direttore</w:t>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E62A55C" w14:textId="4009BE08" w:rsidR="001E6BF3" w:rsidRDefault="00495118" w:rsidP="00495118">
+    <w:p w14:paraId="1E62A55C" w14:textId="4009BE08" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="00495118" w:rsidP="00495118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1416" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          </w:t>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>U.O.C. Servizio Farmaceutico</w:t>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496E7E28" w14:textId="56E67CDF" w:rsidR="001E6BF3" w:rsidRDefault="00495118" w:rsidP="00495118">
+    <w:p w14:paraId="496E7E28" w14:textId="7282C2D3" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="00495118" w:rsidP="00495118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                </w:t>
       </w:r>
-      <w:r w:rsidR="001E6BF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00CE6807" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE6807" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001E6BF3" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ATS INSUBRIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEAA62A" w14:textId="77777777" w:rsidR="001E6BF3" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
+    <w:p w14:paraId="2EEAA62A" w14:textId="77777777" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D953DB1" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="00DB46AA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D953DB1" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="00DB46AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AF566BB" w14:textId="702531AC" w:rsidR="001E6BF3" w:rsidRPr="001E6BF3" w:rsidRDefault="001E6BF3" w:rsidP="00DB46AA">
+    <w:p w14:paraId="7AF566BB" w14:textId="702531AC" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="001E6BF3" w:rsidP="00DB46AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-          <w:b/>
+          <w:rStyle w:val="Titolodellibro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rStyle w:val="Titolodellibro"/>
         </w:rPr>
         <w:t xml:space="preserve">COMUNICAZIONE </w:t>
       </w:r>
-      <w:r w:rsidR="00C4543E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00C4543E" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rStyle w:val="Titolodellibro"/>
         </w:rPr>
         <w:t>CESSAZIONE</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E6BF3">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rStyle w:val="Titolodellibro"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C4543E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00C4543E" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rStyle w:val="Titolodellibro"/>
         </w:rPr>
         <w:t>DI</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E6BF3">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rStyle w:val="Titolodellibro"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB46AA">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rStyle w:val="Titolodellibro"/>
         </w:rPr>
         <w:t>CONVENZIONAMENTO SSR (ESERCIZIO COMMERCIALI E GDO) PER LA FORNITURA DI ALIMENTI DIETETICO TERAPEUTICI PER PAZIENTI CELIACI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33730D18" w14:textId="77777777" w:rsidR="001E6BF3" w:rsidRDefault="001E6BF3"/>
-    <w:p w14:paraId="3441EF1E" w14:textId="44DFDD34" w:rsidR="001E6BF3" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
+    <w:p w14:paraId="33730D18" w14:textId="77777777" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="001E6BF3"/>
+    <w:p w14:paraId="3441EF1E" w14:textId="44DFDD34" w:rsidR="001E6BF3" w:rsidRPr="00DD4041" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00C46999">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il/la sottoscritto/a ................................................................................., nato/a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .......................................... il ................................, residente a ................................................... in Via.............................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>................ in qualità di Legale Rappresentante della Ditta ………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46999" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">con sede in .................................................. Via................................................... </w:t>
       </w:r>
-      <w:r w:rsidR="00DB46AA">
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">convenzionato con ATS Insubria alla fornitura di prodotti dietetico terapeutici per pazienti celiaci </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">con Determina n ................. del .............................................................. </w:t>
       </w:r>
-      <w:r w:rsidR="00DB46AA">
-[...8 lines deleted...]
-    <w:p w14:paraId="21C65807" w14:textId="77B3FDED" w:rsidR="00DB46AA" w:rsidRDefault="001E6BF3" w:rsidP="00DB46AA">
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per il punto vendita sito in ………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Via ………………………n………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C65807" w14:textId="77B3FDED" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="001E6BF3" w:rsidP="00DB46AA">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>COMUNICA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F60297" w14:textId="02533427" w:rsidR="008B5DAE" w:rsidRDefault="007F4D08" w:rsidP="00C4543E">
+    <w:p w14:paraId="09F60297" w14:textId="68058A9B" w:rsidR="008B5DAE" w:rsidRPr="00DD4041" w:rsidRDefault="007F4D08" w:rsidP="00C4543E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4D04660D" w14:textId="770424AE" w:rsidR="007F4D08" w:rsidRDefault="007F4D08" w:rsidP="00C4543E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La cessazione del convenzionamento in oggetto a far data da</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0F74" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D04660D" w14:textId="770424AE" w:rsidR="007F4D08" w:rsidRPr="00DD4041" w:rsidRDefault="007F4D08" w:rsidP="00C4543E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="750016ED" w14:textId="2CBAE09C" w:rsidR="007F4D08" w:rsidRDefault="007F4D08" w:rsidP="007F4D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750016ED" w14:textId="2CBAE09C" w:rsidR="007F4D08" w:rsidRPr="00DD4041" w:rsidRDefault="007F4D08" w:rsidP="007F4D08">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18478143" w14:textId="77777777" w:rsidR="007F4D08" w:rsidRDefault="007F4D08" w:rsidP="007F4D08">
+    <w:p w14:paraId="18478143" w14:textId="77777777" w:rsidR="007F4D08" w:rsidRPr="00DD4041" w:rsidRDefault="007F4D08" w:rsidP="007F4D08">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="07E044C6" w14:textId="282EF6B2" w:rsidR="007F4D08" w:rsidRPr="00C4543E" w:rsidRDefault="007F4D08" w:rsidP="00C4543E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="123000C8" w14:textId="5A93D5D9" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="007F4D08" w:rsidP="00CE6807">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>La presa d’atto della variazione avvenuta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123000C8" w14:textId="1FF77BCA" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
+    <w:p w14:paraId="4C566D3E" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3530AFBD" w14:textId="656D86A3" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5877C7C0" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4C566D3E" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data ...................................... Firma ............................................................... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07226E61" w14:textId="62AA4A39" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5877C7C0" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="330E933B" w14:textId="77777777" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...13 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Allegati: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EE58E7" w14:textId="6BB8FEA9" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="00DB46AA">
+    <w:p w14:paraId="39EE58E7" w14:textId="6BB8FEA9" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="00DB46AA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="193BB5D5" w14:textId="1AD53C08" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="00DB46AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n. 1 marca da bollo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Euro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 per rilascio copia conforme;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193BB5D5" w14:textId="1AD53C08" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="00DB46AA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>documento di identità del dichiarante</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016CBEAD" w14:textId="2A931A04" w:rsidR="008B5DAE" w:rsidRDefault="008B5DAE" w:rsidP="00DB46AA">
+    <w:p w14:paraId="016CBEAD" w14:textId="2A931A04" w:rsidR="008B5DAE" w:rsidRPr="00DD4041" w:rsidRDefault="008B5DAE" w:rsidP="00DB46AA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Copia </w:t>
       </w:r>
-      <w:r w:rsidR="00C46999">
+      <w:r w:rsidR="00C46999" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>dell’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>atto notarie sopra citato</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD25241" w14:textId="1CB15A16" w:rsidR="00DB46AA" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
+    <w:p w14:paraId="1FD25241" w14:textId="1CB15A16" w:rsidR="00DB46AA" w:rsidRPr="00DD4041" w:rsidRDefault="00DB46AA" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2060A3FA" w14:textId="212B93D0" w:rsidR="00AE11BA" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2060A3FA" w14:textId="212B93D0" w:rsidR="00AE11BA" w:rsidRPr="00CE6807" w:rsidRDefault="001E6BF3" w:rsidP="001E6BF3">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB46AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ai sensi dell’art. 38 D.P.R. 445 del 28 dicembre 2000, la dichiarazione è sottoscritta dall’interessato in presenza di dipendente addetto, ovvero inviata a mezzo raccomandata </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a.r.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ovvero sottoscritta e inviata all’ufficio competente tramite </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p.e.c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>., unitamente a copia non autentica di valido document</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB46AA" w:rsidRPr="00DD4041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>o d’identità del dichiarante.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AE11BA">
+    <w:sectPr w:rsidR="00AE11BA" w:rsidRPr="00CE6807">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727F3799"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F2846B8"/>
     <w:lvl w:ilvl="0" w:tplc="00DA19B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -555,129 +874,136 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="123818922">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="108"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E6BF3"/>
+    <w:rsid w:val="001B0F74"/>
     <w:rsid w:val="001E6BF3"/>
     <w:rsid w:val="00495118"/>
     <w:rsid w:val="007F4D08"/>
     <w:rsid w:val="008B5DAE"/>
     <w:rsid w:val="00AE11BA"/>
+    <w:rsid w:val="00B907B3"/>
     <w:rsid w:val="00C4543E"/>
     <w:rsid w:val="00C46999"/>
+    <w:rsid w:val="00C92079"/>
+    <w:rsid w:val="00CE6807"/>
     <w:rsid w:val="00DA2610"/>
     <w:rsid w:val="00DB46AA"/>
+    <w:rsid w:val="00DD4041"/>
     <w:rsid w:val="00E76731"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="047A4DD4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BB555FF2-9D69-40D3-9BC1-E4A578C32848}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1005,99 +1331,118 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008B5DAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Titolodellibro">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE6807"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1337,50 +1682,71 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="74f4b2ef-d7ee-46f9-988a-12af1883e036" xsi:nil="true"/>
+    <TaxCatchAll xmlns="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="74f4b2ef-d7ee-46f9-988a-12af1883e036">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100FCBF52EAE233F04E94B4D5EFD41D4322" ma:contentTypeVersion="14" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="ca3b4c9c862744ff479172ea7706cf29">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74f4b2ef-d7ee-46f9-988a-12af1883e036" xmlns:ns3="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="83238247997509717a252eb2a19525b1" ns2:_="" ns3:_="">
     <xsd:import namespace="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
     <xsd:import namespace="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1565,147 +1931,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEF5AF9B-164B-48B3-AF9E-23FD47510092}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27E4631D-6A16-46FE-96C8-E895F9B6B2DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEBBD62E-1CA3-40D0-A6F8-BB4DFD09AD7F}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
+    <ds:schemaRef ds:uri="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEF5AF9B-164B-48B3-AF9E-23FD47510092}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
+    <ds:schemaRef ds:uri="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>283</Words>
-  <Characters>1614</Characters>
+  <Words>186</Words>
+  <Characters>1706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1894</CharactersWithSpaces>
+  <CharactersWithSpaces>1875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:title>celiachia-modulo-cessazione_attivita</dc:title>
+  <dc:subject>celiachia-cessazione_attivita</dc:subject>
+  <dc:creator>ATS Insubria</dc:creator>
+  <cp:keywords>celiachia; cessazione; attivita</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>Farmaceutica, Protesica ed Integrativa;celiachia</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FCBF52EAE233F04E94B4D5EFD41D4322</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>1370600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>