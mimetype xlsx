--- v0 (2025-11-14)
+++ v1 (2026-01-13)
@@ -5,6273 +5,3782 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atsinsubria.sharepoint.com/sites/UOCFARMACEUTICO/Documenti condivisi/10_PROTESICA/3_PRESCRITTORI/ELENCO PRESCRITTORI/2025/ELENCO PRESCRITTORI 30_06_2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atsinsubria.sharepoint.com/sites/UOCFARMACEUTICO/Documenti condivisi/10_PROTESICA/3_PRESCRITTORI/ELENCO PRESCRITTORI/2025/ELENCO PRESCRITTORI 31_12_2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="29" documentId="8_{E480C232-9186-4037-9FB3-E2B6D476C425}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{606ABE96-2242-4ADE-9B7C-F876C9AC89D7}"/>
+  <xr:revisionPtr revIDLastSave="47" documentId="8_{558D0429-E8BD-4B74-9C68-93BB7BFAC8F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3762AB74-B44B-46CA-A06C-60CFDBD254F8}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="aggiornamento al 30_06_2025 web" sheetId="1" r:id="rId1"/>
+    <sheet name="aggiornamento al 31_12_2025" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'aggiornamento al 30_06_2025 web'!$A$1:$F$834</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'aggiornamento al 30_06_2025 web'!$1:$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'aggiornamento al 31_12_2025'!$A$1:$F$865</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'aggiornamento al 31_12_2025'!$A$1:$F$865</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'aggiornamento al 31_12_2025'!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6039" uniqueCount="2061">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5331" uniqueCount="1224">
   <si>
     <t>STRUTTURA DI APPARTENENZA</t>
   </si>
   <si>
     <t>SEDE PREVALENTE DI ATTIVITA'</t>
   </si>
   <si>
-    <t>Codice Fiscale</t>
-[...1 lines deleted...]
-  <si>
     <t>Cognome Nome</t>
   </si>
   <si>
     <t>Specializzazioni</t>
   </si>
   <si>
     <t>COD protesica  SISS</t>
   </si>
   <si>
     <t>ASST LARIANA</t>
   </si>
   <si>
-    <t>OSPEDALE S. ANNA SAN FERMO DELLA BATTAGLIA</t>
-[...4 lines deleted...]
-  <si>
     <t>MALATTIE APPARATO RESPIRATORIO VENTILAZIONE MECCANICA</t>
   </si>
   <si>
     <t>RESVMD</t>
   </si>
   <si>
-    <t>BTALCU83H42D969Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ABATE LUCIA</t>
   </si>
   <si>
     <t>NEUROLOGIA</t>
   </si>
   <si>
     <t>NEUR</t>
   </si>
   <si>
-    <t>BBGLSU77D60G273S</t>
-[...1 lines deleted...]
-  <si>
     <t>ABBAGNATO LUISA</t>
   </si>
   <si>
     <t>PEDIATRIA</t>
   </si>
   <si>
     <t>PED</t>
   </si>
   <si>
-    <t>GTASGR77R24H224V</t>
-[...1 lines deleted...]
-  <si>
     <t>AGATI SERGIO</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE), MALATTIE DELL'APPARATO RESPIRATORIO</t>
   </si>
   <si>
     <t>MARES</t>
   </si>
   <si>
     <t>HOSPICE P.O. MARIANO COMENSE</t>
   </si>
   <si>
-    <t>GSTSFN73A42B300A</t>
-[...1 lines deleted...]
-  <si>
     <t>AGOSTINO NINONE STEFANIA</t>
   </si>
   <si>
     <t>MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MDI</t>
   </si>
   <si>
-    <t>LFRGPP58P52C933E</t>
-[...1 lines deleted...]
-  <si>
     <t>ALFIERI GIUSEPPINA</t>
   </si>
   <si>
     <t>DIABETOLOGIA, MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MDI - DIA</t>
   </si>
   <si>
     <t>ORTOPEDIA E TRAUMATOLOGIA, ORTOPEDIA E TRAUMATOLOGIA (PROTESI D'ARTO)</t>
   </si>
   <si>
     <t>ORT - ORTPDA</t>
   </si>
   <si>
     <t>PEDIATRIA (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
     <t>PEDVMD</t>
   </si>
   <si>
-    <t>ZZLFLV63A05F205H</t>
-[...1 lines deleted...]
-  <si>
     <t>AZZALINI FLAVIO</t>
   </si>
   <si>
     <t>DIABETOLOGIA</t>
   </si>
   <si>
     <t>DIA</t>
   </si>
   <si>
-    <t>BRCRRT77E71E507K</t>
-[...1 lines deleted...]
-  <si>
     <t>BARACHETTI ROBERTA</t>
   </si>
   <si>
     <t>ANESTESIA E RIANIMAZIONE (VENTILAZIONE MECCANICA DOMICILIARE), PEDIATRIA</t>
   </si>
   <si>
     <t>ANRVMD - PED</t>
   </si>
   <si>
     <t>ANESTESIA E RIANIMAZIONE</t>
   </si>
   <si>
     <t>ANR</t>
   </si>
   <si>
-    <t>BSSCRL64A61L219L</t>
-[...1 lines deleted...]
-  <si>
     <t>BASSINO CARLA</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE), MALATTIE DELL'APPARATO RESPIRATORIO, MEDICINA INTERNA</t>
   </si>
   <si>
-    <t>BSSGRL61R69F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BASSIS GABRIELLA</t>
   </si>
   <si>
     <t>ANESTESIA E RIANIMAZIONE, MEDICINA INTERNA</t>
   </si>
   <si>
     <t>OSPEDALE ERBA-  RENALDI - MENAGGIO</t>
   </si>
   <si>
-    <t>BTTCNZ63H49C933R</t>
-[...1 lines deleted...]
-  <si>
     <t>BATTAGLIA CINZIA</t>
   </si>
   <si>
-    <t>BLLFNC62B06F754G</t>
-[...1 lines deleted...]
-  <si>
     <t>BELLAZZI FRANCESCO</t>
   </si>
   <si>
     <t>OTOCP</t>
   </si>
   <si>
-    <t>BLVCHR79S58M052M</t>
-[...1 lines deleted...]
-  <si>
     <t>BELVITO CHIARA</t>
   </si>
   <si>
     <t>CARDIOLOGIA</t>
   </si>
   <si>
     <t>CARD</t>
   </si>
   <si>
-    <t>BNCGCR62R11C933B</t>
-[...1 lines deleted...]
-  <si>
     <t>BIANCHI GIANCARLO</t>
   </si>
   <si>
     <t>ORTOPEDIA E TRAUMATOLOGIA (PROTESI D'ARTO)</t>
   </si>
   <si>
     <t>ORTPDA</t>
   </si>
   <si>
-    <t>BNCRFL60T47F205C</t>
-[...1 lines deleted...]
-  <si>
     <t>BIANCHI RAFFAELLA</t>
   </si>
   <si>
     <t>ONCOLOGIA</t>
   </si>
   <si>
     <t>ONC</t>
   </si>
   <si>
-    <t>BTTMTN90H53B639G</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOTTO MARTINA</t>
   </si>
   <si>
     <t>GERIATRIA</t>
   </si>
   <si>
     <t>GER</t>
   </si>
   <si>
-    <t>BLZLNE86H47F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BOLZACCHINI ELENA</t>
   </si>
   <si>
-    <t>BNLCST77B04L826A</t>
-[...1 lines deleted...]
-  <si>
     <t>BONELLI CRISTIANO</t>
   </si>
   <si>
     <t>OCULISTICA, OCULISTICA (CENTRO IPOVISIONE)</t>
   </si>
   <si>
     <t>OCU - OCUCI</t>
   </si>
   <si>
-    <t>CRLGNN55A21C933P</t>
-[...1 lines deleted...]
-  <si>
     <t>CAIROLI GIANNINO</t>
   </si>
   <si>
     <t>OTORINOLARINGOIATRIA CENTRO DI PRESCRIZIONE</t>
   </si>
   <si>
-    <t>CLTNLM59C29L682S</t>
-[...1 lines deleted...]
-  <si>
     <t>CALATI ANGELO MARIA</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
-    <t>CNDPLA63P30A522L</t>
-[...1 lines deleted...]
-  <si>
     <t>CANDIDO PAOLO</t>
   </si>
   <si>
     <t>PSICHIATRIA</t>
   </si>
   <si>
     <t>PSIC</t>
   </si>
   <si>
-    <t>CNTFRZ80H02F839D</t>
-[...1 lines deleted...]
-  <si>
     <t>CANTORE FABRIZIO</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE, CHIRURGIA PLASTICA</t>
   </si>
   <si>
     <t>CHI - CHIPL</t>
   </si>
   <si>
-    <t>CPPTZN75B50B639Q</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPPELLETTI TIZIANA</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
-    <t>CPRSNM84S58C933O</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPRANI SIMONA MARIA</t>
   </si>
   <si>
     <t>OCULISTICA</t>
   </si>
   <si>
     <t>OCU</t>
   </si>
   <si>
-    <t>CRLLGE60A13F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CARELLA ELIGIO</t>
   </si>
   <si>
     <t>MARES - RESVMD</t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO)</t>
   </si>
   <si>
     <t>DIACDPDA</t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI), MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MDI - DIACD</t>
   </si>
   <si>
-    <t>CSTRLA77E42G273V</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTIGLIONE AURELIA</t>
   </si>
   <si>
-    <t>CTLMRS63D57C933Q</t>
-[...1 lines deleted...]
-  <si>
     <t>CATALDI MARISA</t>
   </si>
   <si>
     <t>CHIPL</t>
   </si>
   <si>
-    <t>CTTGST74A13B393Z</t>
-[...1 lines deleted...]
-  <si>
     <t>OTORINOLARINGOIATRIA GENERICA</t>
   </si>
   <si>
     <t>OTO</t>
   </si>
   <si>
-    <t>CTTSLV70L47I441O</t>
-[...1 lines deleted...]
-  <si>
     <t>CATTANEO SILVIA</t>
   </si>
   <si>
-    <t>CVLMHL74P20C933A</t>
-[...1 lines deleted...]
-  <si>
     <t>CAVALLERI MICHELE</t>
   </si>
   <si>
     <t>NEUROPSICHIATRIA INFANTILE</t>
   </si>
   <si>
-    <t>CNCPLA87A42I625M</t>
-[...1 lines deleted...]
-  <si>
     <t>CIANCI PAOLA</t>
   </si>
   <si>
-    <t>CCCLSN70S53D612J</t>
-[...1 lines deleted...]
-  <si>
     <t>CIUCCI ALESSANDRA</t>
   </si>
   <si>
     <t>DIABETOLOGIA, DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO)</t>
   </si>
   <si>
     <t>DIA - DIACDPDA</t>
   </si>
   <si>
-    <t>CLMMHL72T62B354K</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBU MICHELA</t>
   </si>
   <si>
     <t>UNICO PRESIDIO CANTU' MARIANO (CANTU', CO)</t>
   </si>
   <si>
-    <t>CNCGCM75E29B354S</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCAS GIACOMO</t>
   </si>
   <si>
-    <t>CNSLMO87T03B729F</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSONNI OLMO</t>
   </si>
   <si>
-    <t>CPPLSE80L46G388C</t>
-[...1 lines deleted...]
-  <si>
     <t>COPPOLA ELISA</t>
   </si>
   <si>
-    <t>CRBMRC64H17B977O</t>
-[...1 lines deleted...]
-  <si>
     <t>CORBETTA MARCO</t>
   </si>
   <si>
-    <t>CRPDVD91S14F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>CRAPANZANO DAVIDE</t>
   </si>
   <si>
-    <t>CRNNLS89A61A662I</t>
-[...1 lines deleted...]
-  <si>
     <t>CREANZA ANNALISA</t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>DIACD</t>
   </si>
   <si>
-    <t>DMCMRC71B27E507N</t>
-[...7 lines deleted...]
-  <si>
     <t>DE COL MARIO</t>
   </si>
   <si>
-    <t>DNTGPP65L31E885Z</t>
-[...1 lines deleted...]
-  <si>
     <t>DE NITTIS GIUSEPPE</t>
   </si>
   <si>
-    <t>DPSFRC92E56D862E</t>
-[...1 lines deleted...]
-  <si>
     <t>DE PASCALI FEDERICA</t>
   </si>
   <si>
-    <t>DLPMHL82T68B963A</t>
-[...1 lines deleted...]
-  <si>
     <t>DEL PRETE MICHELA</t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO), DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>DIACD - DIACDPDA</t>
   </si>
   <si>
-    <t>DRCCHR88A65E435L</t>
-[...1 lines deleted...]
-  <si>
     <t>D'ERCOLE CHIARA</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO)</t>
   </si>
   <si>
     <t>FISPDA</t>
   </si>
   <si>
-    <t>DRDNDA80S66L319N</t>
-[...1 lines deleted...]
-  <si>
     <t>DERUDI NADIA</t>
   </si>
   <si>
     <t>NEUP</t>
   </si>
   <si>
-    <t>DCSLSN73D50E815X</t>
-[...1 lines deleted...]
-  <si>
     <t>DI CESARE MERLONE ALESSANDRA</t>
   </si>
   <si>
     <t>PEDIATRIA, PEDIATRIA (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
     <t>PED - PEDVMD</t>
   </si>
   <si>
-    <t>DGMFNC81M43L103V</t>
-[...1 lines deleted...]
-  <si>
     <t>DI GIAMBATTISTA FRANCESCA</t>
   </si>
   <si>
-    <t>DPLFNC60T29L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>DI PALMA FRANCO</t>
   </si>
   <si>
-    <t>DSTLGN65A53F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>DISOTEO OLGA EUGENIA</t>
   </si>
   <si>
     <t>DIABETOLOGIA, DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>DIA - DIACD</t>
   </si>
   <si>
-    <t>LLEPLA60L28B639T</t>
-[...1 lines deleted...]
-  <si>
     <t>ELLI PAOLO</t>
   </si>
   <si>
-    <t>PFNRFL72S45C933U</t>
-[...1 lines deleted...]
-  <si>
     <t>EPIFANI RAFFAELLA</t>
   </si>
   <si>
-    <t>FVRNRV67B16F205P</t>
-[...1 lines deleted...]
-  <si>
     <t>FAVARA ANDREA VINCENZO GIUSEPPE</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE, CHIRURGIA GENERALE (PROTESI D'ARTO)</t>
   </si>
   <si>
     <t>CHI - CHIPDA</t>
   </si>
   <si>
-    <t>FNTVCN80C13G273G</t>
-[...1 lines deleted...]
-  <si>
     <t>FONTANA VINCENZO</t>
   </si>
   <si>
-    <t>FSSDTL74S53B300V</t>
-[...1 lines deleted...]
-  <si>
     <t>FOSSA DONATELA</t>
   </si>
   <si>
     <t>OSTETRICIA E GINECOLOGIA</t>
   </si>
   <si>
     <t>GIN</t>
   </si>
   <si>
-    <t>FRSFNC88M45E506H</t>
-[...1 lines deleted...]
-  <si>
     <t>FRASSANITO FRANCESCA</t>
   </si>
   <si>
-    <t>FTTNDA58L64Z326Z</t>
-[...1 lines deleted...]
-  <si>
     <t>FTEITA NADIA</t>
   </si>
   <si>
-    <t>FSCCLD80D61F844K</t>
-[...1 lines deleted...]
-  <si>
     <t>FUSCO CLAUDIA</t>
   </si>
   <si>
-    <t>FSULRA70H47E514S</t>
-[...1 lines deleted...]
-  <si>
     <t>FUSI LAURA</t>
   </si>
   <si>
-    <t>GLBBRC79E48M052O</t>
-[...1 lines deleted...]
-  <si>
     <t>GALBIATI BEATRICE</t>
   </si>
   <si>
-    <t>GLLLSN81E13L319N</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLI ALESSANDRO</t>
   </si>
   <si>
-    <t>GLLMTT79C02L319V</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLI MATTEO</t>
   </si>
   <si>
-    <t>GLLSLV86P63L407V</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLIAZZO SILVIA</t>
   </si>
   <si>
-    <t>GLLNDR89M16C933G</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLO ANDREA</t>
   </si>
   <si>
     <t>POLIAMBULATORIO OLGIATE, PONTELAMBRO, VIA NAPOLEONA COMO</t>
   </si>
   <si>
-    <t>GGLCMN92E06A783H</t>
-[...1 lines deleted...]
-  <si>
     <t>GIGLIO CLEMENTE</t>
   </si>
   <si>
-    <t>GGLSRN64L48B745P</t>
-[...1 lines deleted...]
-  <si>
     <t>GIGLIOLI SABRINA</t>
   </si>
   <si>
     <t>ANESTESIA E RIANIMAZIONE (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
     <t>ANRVMD</t>
   </si>
   <si>
     <t>UROLOGIA</t>
   </si>
   <si>
     <t>URO</t>
   </si>
   <si>
-    <t>GGHLRT64S18C933E</t>
-[...1 lines deleted...]
-  <si>
     <t>GIUGHELLO ALBERTO</t>
   </si>
   <si>
-    <t>GSSFRC93D23C933D</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">GIUSSANI FEDERICO </t>
   </si>
   <si>
-    <t>GRZMRN60C63D969Q</t>
-[...1 lines deleted...]
-  <si>
     <t>GORZIGLIA MARINA</t>
   </si>
   <si>
-    <t>GRMGPR58D07B300A</t>
-[...1 lines deleted...]
-  <si>
     <t>GRAMPA GIAMPIERO</t>
   </si>
   <si>
-    <t>GRSBDS76E07D423K</t>
-[...1 lines deleted...]
-  <si>
     <t>GRASSA BALDASSARE</t>
   </si>
   <si>
-    <t>GRSCRS75R02B885S</t>
-[...1 lines deleted...]
-  <si>
     <t>GRASSO CHRISTIAN</t>
   </si>
   <si>
     <t>NEUROCHIRURGIA, NEUROLOGIA</t>
   </si>
   <si>
     <t>NEURCH-NEUR</t>
   </si>
   <si>
-    <t>GRCPLA85H61L419P</t>
-[...1 lines deleted...]
-  <si>
     <t>GRECO PAOLA</t>
   </si>
   <si>
-    <t>GGLMSM72P14F205M</t>
-[...1 lines deleted...]
-  <si>
     <t>GUGLIELMETTI MASSIMO</t>
   </si>
   <si>
-    <t>LBRLSS77S59C342E</t>
-[...1 lines deleted...]
-  <si>
     <t>LIBRANTE ALESSIA</t>
   </si>
   <si>
-    <t>LNGCRL59R60C933T</t>
-[...1 lines deleted...]
-  <si>
     <t>LONGHI CARLA</t>
   </si>
   <si>
-    <t>LVSGNN58H30C933V</t>
-[...1 lines deleted...]
-  <si>
     <t>LOVISETTI GIOVANNI</t>
   </si>
   <si>
-    <t>LVTDNL56M25G388J</t>
-[...1 lines deleted...]
-  <si>
     <t>LOVOTTI DANIELE</t>
   </si>
   <si>
-    <t>LCHGNN68H61C933L</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCHENA GIOVANNA</t>
   </si>
   <si>
-    <t>LSTLNE79C71B639T</t>
-[...1 lines deleted...]
-  <si>
     <t>LUISETTO ELENA</t>
   </si>
   <si>
     <t>NEFROLOGIA</t>
   </si>
   <si>
     <t>NEF</t>
   </si>
   <si>
-    <t>MGRBBR65S43I441K</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGRI BARBARA</t>
   </si>
   <si>
-    <t>MDASMN77L51C352T</t>
-[...1 lines deleted...]
-  <si>
     <t>MAIDA SIMONA</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE, CHIRURGIA VASCOLARE</t>
   </si>
   <si>
     <t>CHIV</t>
   </si>
   <si>
-    <t>MRCBBR74R46F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MARICONTI BARBARA</t>
   </si>
   <si>
-    <t>MRNMNN84H63H501R</t>
-[...1 lines deleted...]
-  <si>
     <t>MARINELLI MARIANNA</t>
   </si>
   <si>
-    <t>MRNGNN81M23F152A</t>
-[...1 lines deleted...]
-  <si>
     <t>MARINOSCI GIOVANNI ANTONIO</t>
   </si>
   <si>
-    <t>MSCNRN74B66F205K</t>
-[...1 lines deleted...]
-  <si>
     <t>MASCOLI NERINA</t>
   </si>
   <si>
-    <t>MTRFNC59D53C933Q</t>
-[...1 lines deleted...]
-  <si>
     <t>MATERNINI FRANCESCA</t>
   </si>
   <si>
-    <t>MTNRCE91D57F839A</t>
-[...1 lines deleted...]
-  <si>
     <t>MATINO ERICA</t>
   </si>
   <si>
-    <t>MRACHR65E44H501E</t>
-[...1 lines deleted...]
-  <si>
     <t>MAURI CHIARA</t>
   </si>
   <si>
-    <t>MRAGRT83A49B639B</t>
-[...1 lines deleted...]
-  <si>
     <t>MAURI GRETA</t>
   </si>
   <si>
-    <t>MRLNCG65L20B300V</t>
-[...1 lines deleted...]
-  <si>
     <t>MERLO ENRICO GIUSEPPE</t>
   </si>
   <si>
     <t>OTORINOLARINGOIATRIA CENTRO DI PRESCRIZIONE, OTORINOLARINGOIATRIA GENERICA</t>
   </si>
   <si>
     <t>OTO - OTOCP</t>
   </si>
   <si>
-    <t>MCCMRC79C17I324S</t>
-[...1 lines deleted...]
-  <si>
     <t>MICUCCI MARCO</t>
   </si>
   <si>
-    <t>MLNGPP75B07B300R</t>
-[...1 lines deleted...]
-  <si>
     <t>MILANI GIUSEPPE GIOSUE</t>
   </si>
   <si>
-    <t>MSTPQL80H18H224F</t>
-[...1 lines deleted...]
-  <si>
     <t>MISITANO PASQUALE</t>
   </si>
   <si>
-    <t>MGLPLA73C27E333I</t>
-[...1 lines deleted...]
-  <si>
     <t>MOGLIA PAOLO</t>
   </si>
   <si>
-    <t>MLTLNE75L55E951W</t>
-[...1 lines deleted...]
-  <si>
     <t>MOLTENI ELENA</t>
   </si>
   <si>
-    <t>MRBGNN77C23D976C</t>
-[...1 lines deleted...]
-  <si>
     <t>MORABITO GIOVANNI</t>
   </si>
   <si>
-    <t>MRSCHR76L58C933L</t>
-[...1 lines deleted...]
-  <si>
     <t>MORAS CHIARA</t>
   </si>
   <si>
-    <t>MRCCHR79E46B639O</t>
-[...1 lines deleted...]
-  <si>
     <t>MORICHETTI CHIARA</t>
   </si>
   <si>
-    <t>MZZGRS85H46F839Y</t>
-[...1 lines deleted...]
-  <si>
     <t>MOZZILLO GIUSI ROSARIA</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>ENDOCD</t>
   </si>
   <si>
-    <t>NTLGAI78A60G273M</t>
-[...1 lines deleted...]
-  <si>
     <t>NATALE' GAIA</t>
   </si>
   <si>
-    <t>NGRSFN91P25F704T</t>
-[...1 lines deleted...]
-  <si>
     <t>NEGRI STEFANO</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE</t>
   </si>
   <si>
-    <t>DTTLRA87D42I480X</t>
-[...1 lines deleted...]
-  <si>
     <t>ODETTO LAURA</t>
   </si>
   <si>
-    <t>STNNDR89S17C933X</t>
-[...1 lines deleted...]
-  <si>
     <t>OSTINELLI ANDREA</t>
   </si>
   <si>
-    <t>PDNRFL69C10G902A</t>
-[...1 lines deleted...]
-  <si>
     <t>PADUANO RAFFAELE</t>
   </si>
   <si>
-    <t>PGLNNA74P42H926U</t>
-[...1 lines deleted...]
-  <si>
     <t>PAGLIARO ANNA</t>
   </si>
   <si>
     <t>PEDIATRIA, PEDIATRIA (VENTILAZIONE MECCANICA DOMICILIARE) - STOMIE</t>
   </si>
   <si>
     <t>PED - PEDVMDSTO</t>
   </si>
   <si>
-    <t>PGLCDM76L50B428U</t>
-[...1 lines deleted...]
-  <si>
     <t>PAGLIOTTA CLAUDIA MARIA</t>
   </si>
   <si>
-    <t>PLMMCR63C70E281K</t>
-[...1 lines deleted...]
-  <si>
     <t>PALMAS MARIA CRISTINA</t>
   </si>
   <si>
-    <t>PPRGCM62D04F537Q</t>
-[...1 lines deleted...]
-  <si>
     <t>PAPARATTO GIACOMO</t>
   </si>
   <si>
-    <t>PVNSVT79E31H163T</t>
-[...1 lines deleted...]
-  <si>
     <t>PAVANO SALVATORE</t>
   </si>
   <si>
     <t>MEDICO DI PRESIDIO TERRITORIALE</t>
   </si>
   <si>
     <t>MASL</t>
   </si>
   <si>
-    <t>PDLMCN62H62L219T</t>
-[...1 lines deleted...]
-  <si>
     <t>PEDULLA MARIA CINZIA</t>
   </si>
   <si>
-    <t>PTESLV91C58C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>PEITI SILVIA</t>
   </si>
   <si>
-    <t>PSNFNC87A56F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>PESENTI FRANCESCA</t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO), MEDICINA INTERNA</t>
   </si>
   <si>
     <t>DIACDPDA - MDI</t>
   </si>
   <si>
-    <t>PRGLRA76H60H501R</t>
-[...1 lines deleted...]
-  <si>
     <t>PIERGUIDI LAURA</t>
   </si>
   <si>
-    <t>PRNLRT75A14L219T</t>
-[...1 lines deleted...]
-  <si>
     <t>PIERINI ALBERTO FERRUCCIO</t>
   </si>
   <si>
-    <t>PRLNNA67B65G224Q</t>
-[...1 lines deleted...]
-  <si>
     <t>PIROLO ANNA</t>
   </si>
   <si>
-    <t>PZZSVM79D42F205A</t>
-[...1 lines deleted...]
-  <si>
     <t>PIZZOLATO SILVIA MARIA</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE), PNEUMOLOGIA</t>
   </si>
   <si>
     <t>RESVMD-PNEUMO</t>
   </si>
   <si>
-    <t>PRSCRS74L03F205L</t>
-[...1 lines deleted...]
-  <si>
     <t>PRESTIANNI CHRISTIAN</t>
   </si>
   <si>
-    <t>PRTCSM59E28A662I</t>
-[...1 lines deleted...]
-  <si>
     <t>PRETE COSIMO</t>
   </si>
   <si>
     <t>DIA - MDI</t>
   </si>
   <si>
-    <t>PGLPLM69B59D086R</t>
-[...1 lines deleted...]
-  <si>
     <t>PUGLIESE PALMA</t>
   </si>
   <si>
-    <t>PSNRRT60A28F877O</t>
-[...1 lines deleted...]
-  <si>
     <t>PUSINELLI ROBERTO</t>
   </si>
   <si>
-    <t>RCANNF76B10F112H</t>
-[...1 lines deleted...]
-  <si>
     <t>RACO ANTONIO FILIPPO</t>
   </si>
   <si>
-    <t>RDCRSL72D69C933M</t>
-[...1 lines deleted...]
-  <si>
     <t>RADICE ROSSELLA</t>
   </si>
   <si>
-    <t>RFFTZN81A54F112X</t>
-[...1 lines deleted...]
-  <si>
     <t>RAFFA TIZIANA</t>
   </si>
   <si>
-    <t>RVRMRZ60A04E753K</t>
-[...1 lines deleted...]
-  <si>
     <t>RAVERA MAURIZIO</t>
   </si>
   <si>
     <t xml:space="preserve"> MEDICO DI PRESIDIO TERRITORIALE- MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MAS-MDI</t>
   </si>
   <si>
-    <t>RNLNTN60H25F631F</t>
-[...1 lines deleted...]
-  <si>
     <t>RINALDI ANTONIO</t>
   </si>
   <si>
-    <t>RZZMSM79D29H264T</t>
-[...1 lines deleted...]
-  <si>
     <t>RIZZO MASSIMO</t>
   </si>
   <si>
-    <t>RMNCRN67D62C351N</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ROMANO CATERINA GABRIELLA </t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA CENTRO DIABETOLOGICO MICROINFUSORI</t>
   </si>
   <si>
-    <t>RSSFRC88E55L682Q</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSSI FEDERICA</t>
   </si>
   <si>
-    <t>RSSGNN85E22F839J</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSSI GIOVANNI</t>
   </si>
   <si>
     <t>DIABETOLOGIA, GERIATRIA</t>
   </si>
   <si>
     <t>DIA - GER</t>
   </si>
   <si>
-    <t>RSSMRZ60D23C933R</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSSI MAURIZIO</t>
   </si>
   <si>
     <t>ANR - ANRVMD</t>
   </si>
   <si>
-    <t>RMUDBR76H52C351Q</t>
-[...1 lines deleted...]
-  <si>
     <t>RUMA DEBORA</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA, MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO)</t>
   </si>
   <si>
-    <t>RSSNMR66A61D548X</t>
-[...1 lines deleted...]
-  <si>
     <t>RUSSO ANNA MARIA</t>
   </si>
   <si>
-    <t>SLADNL78D67C933Q</t>
-[...1 lines deleted...]
-  <si>
     <t>SALA DANIELA</t>
   </si>
   <si>
-    <t>SLASFN66C06F205C</t>
-[...1 lines deleted...]
-  <si>
     <t>SALA STEFANO</t>
   </si>
   <si>
-    <t>SMPLRT65H17F205N</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMPIETRO ALBERTO</t>
   </si>
   <si>
-    <t>SMPCCL83L69C933B</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMPIETRO CECILIA</t>
   </si>
   <si>
-    <t>SCNLGU60C29C356W</t>
-[...1 lines deleted...]
-  <si>
     <t>SCIANGULA LUIGI</t>
   </si>
   <si>
-    <t>SCLGPL80P16B428D</t>
-[...1 lines deleted...]
-  <si>
     <t>SCOLLO GIAMPAOLO</t>
   </si>
   <si>
     <t>DIABETOLOGIA, DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI), MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MDI - DIA - DIACD</t>
   </si>
   <si>
-    <t>SLCNGL61R20C933X</t>
-[...1 lines deleted...]
-  <si>
     <t>SELICORNI ANGELO</t>
   </si>
   <si>
-    <t>SMGGRG64H55I138N</t>
-[...1 lines deleted...]
-  <si>
     <t>SEMIGLIA GIORGIA</t>
   </si>
   <si>
-    <t>SRNCLD81A08G273T</t>
-[...1 lines deleted...]
-  <si>
     <t>SORINO CLAUDIO</t>
   </si>
   <si>
-    <t>SPNMRT69T63D416J</t>
-[...1 lines deleted...]
-  <si>
     <t>SPINELLI OMBRETTA</t>
   </si>
   <si>
-    <t>SQZLSN75M21L319N</t>
-[...1 lines deleted...]
-  <si>
     <t>SQUIZZATO ALESSANDRO</t>
   </si>
   <si>
-    <t>STVPLA61H25L483N</t>
-[...1 lines deleted...]
-  <si>
     <t>STIVAL PAOLO</t>
   </si>
   <si>
-    <t>STRGCM80R16F158E</t>
-[...1 lines deleted...]
-  <si>
     <t>STURNIOLO GIACOMO</t>
   </si>
   <si>
-    <t>TRRCTL74M45E507A</t>
-[...1 lines deleted...]
-  <si>
     <t>TERRANEO CLOTILDE</t>
   </si>
   <si>
-    <t>TTTDNL67L50C933Q</t>
-[...1 lines deleted...]
-  <si>
     <t>TETTAMANZI DANIELA</t>
   </si>
   <si>
-    <t>TFNNLS71P64L219S</t>
-[...1 lines deleted...]
-  <si>
     <t>TOFANI ANNALISA</t>
   </si>
   <si>
-    <t>TRSLBT71E50B639Q</t>
-[...1 lines deleted...]
-  <si>
     <t>TRESOLDI ELISABETTA</t>
   </si>
   <si>
-    <t>TMMMBN67B58B354H</t>
-[...1 lines deleted...]
-  <si>
     <t>TUMMINELLI MARIA BONARIA</t>
   </si>
   <si>
-    <t>CCLMRC66M05A794Q</t>
-[...1 lines deleted...]
-  <si>
     <t>UCCELLO MARCO</t>
   </si>
   <si>
-    <t>VLNMRC92B14I577L</t>
-[...1 lines deleted...]
-  <si>
     <t>VALENTINI MARCO</t>
   </si>
   <si>
     <t> OTORINOLARINGOIATRIA CENTRO DI PRESCRIZIONE</t>
   </si>
   <si>
-    <t>VLLVCN57E22C933D</t>
-[...1 lines deleted...]
-  <si>
     <t>VALLE VINCENZO</t>
   </si>
   <si>
-    <t>VLLLBT77L47E507I</t>
-[...1 lines deleted...]
-  <si>
     <t>VILLA ELISABETTA</t>
   </si>
   <si>
-    <t>ZCCGLI92L65D612O</t>
-[...1 lines deleted...]
-  <si>
     <t>ZACCAGNINI GIULIA</t>
   </si>
   <si>
-    <t>ZMPMRA63C70L020A</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAMPOLLI MARIA</t>
   </si>
   <si>
     <t>PEDIATRIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>PEDCD</t>
   </si>
   <si>
-    <t>ZNNGPP65P49C933F</t>
-[...1 lines deleted...]
-  <si>
     <t>ZANINI GIUSEPPINA</t>
   </si>
   <si>
-    <t>ZPPVNI61L68B639T</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAPPA IVANA</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE, CHIRURGIA PLASTICA, GASTROENTEROLOGIA ED ENDOSCOPIA</t>
   </si>
   <si>
     <t>CHIPL - GAST</t>
   </si>
   <si>
-    <t>ZVILRI82L65I992V</t>
-[...1 lines deleted...]
-  <si>
     <t>ZIVI ILARIA</t>
   </si>
   <si>
-    <t>ZRZFBA68E08I625B</t>
-[...1 lines deleted...]
-  <si>
     <t>ZORZI FABIO</t>
   </si>
   <si>
     <t>ASST SETTE LAGHI</t>
   </si>
   <si>
     <t xml:space="preserve">OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI </t>
   </si>
   <si>
-    <t>BDLBRM57E05Z345P</t>
-[...1 lines deleted...]
-  <si>
     <t>ABDULCADIR ABUCAR MAIO</t>
   </si>
   <si>
     <t>OSPEDALE LUINI CONFALONIERI - LUINO</t>
   </si>
   <si>
-    <t>BNNLSS91E65F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>ABENANTE ALESSIA</t>
   </si>
   <si>
-    <t>GNAWTR68L15L840C</t>
-[...4 lines deleted...]
-  <si>
     <t>OSPEDALE CARLO ONDOLI - ANGERA</t>
   </si>
   <si>
-    <t>GLTNMR58P67B452Z</t>
-[...7 lines deleted...]
-  <si>
     <t>AGRESTA GIANLUCA</t>
   </si>
   <si>
     <t>NEUROCHIRURGIA</t>
   </si>
   <si>
     <t>NEURCH</t>
   </si>
   <si>
-    <t>LBNMRT77A50A290G</t>
-[...1 lines deleted...]
-  <si>
     <t>ALBANESE MARTA</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA</t>
   </si>
   <si>
     <t>FIS</t>
   </si>
   <si>
-    <t>LBRMGR68E61L682E</t>
-[...1 lines deleted...]
-  <si>
     <t>ALBERIO MARIA GRAZIA</t>
   </si>
   <si>
-    <t>MBRNDR64P24L682G</t>
-[...1 lines deleted...]
-  <si>
     <t>AMBROSINI ANDREA</t>
   </si>
   <si>
-    <t>MBRFBA71P15L682C</t>
-[...1 lines deleted...]
-  <si>
     <t>AMBROSINI FABIO</t>
   </si>
   <si>
     <t>OSPEDALE F. DEL PONTE - VARESE</t>
   </si>
   <si>
-    <t>MBRNRL74P25L682H</t>
-[...1 lines deleted...]
-  <si>
     <t>AMBROSOLI ANDREA LUIGI</t>
   </si>
   <si>
     <t>ANESTESIA E RIANIMAZIONE, ANESTESIA E RIANIMAZIONE (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
     <t>OSPED.CIRCOLO CAUSA PIA LUVINI-CITTIGLIO</t>
   </si>
   <si>
     <t>OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI</t>
   </si>
   <si>
-    <t>RSALRT90M08F704Y</t>
-[...1 lines deleted...]
-  <si>
     <t>AROSIO ALBERTO</t>
   </si>
   <si>
-    <t>RTSVLR91L52F205K</t>
-[...1 lines deleted...]
-  <si>
     <t>ARTUSO VALERIA</t>
   </si>
   <si>
-    <t>SPSMHL71P06D869I</t>
-[...1 lines deleted...]
-  <si>
     <t>ASPESI MICHELE</t>
   </si>
   <si>
-    <t>TTRTNM68D61B602T</t>
-[...1 lines deleted...]
-  <si>
     <t>ATTARDO TIZIANA MARCELLA</t>
   </si>
   <si>
-    <t>BLBSRG63D01F205N</t>
-[...1 lines deleted...]
-  <si>
     <t>BALBI SERGIO</t>
   </si>
   <si>
-    <t>BLDCRL62T29E734W</t>
-[...1 lines deleted...]
-  <si>
     <t>BALDIOLI CARLO</t>
   </si>
   <si>
-    <t>BLSMLS73L47C351M</t>
-[...1 lines deleted...]
-  <si>
     <t>BALSAMO MARIA LUISA</t>
   </si>
   <si>
     <t>MALATTIE INFETTIVE</t>
   </si>
   <si>
     <t>MAINF</t>
   </si>
   <si>
     <t>OSPEDALE CARLO ONDOLI - ANGERA/OSPED.CIRCOLO CAUSA PIA LUVINI-CITTIGLIO</t>
   </si>
   <si>
-    <t>BRDLRA86E47A290J</t>
-[...1 lines deleted...]
-  <si>
     <t>BARDELLI LAURA</t>
   </si>
   <si>
-    <t>BAUDGI74E14D869B</t>
-[...1 lines deleted...]
-  <si>
     <t>BAU' DIEGO</t>
   </si>
   <si>
     <t>ORTOPEDIA E TRAUMATOLOGIA</t>
   </si>
   <si>
     <t>ORT</t>
   </si>
   <si>
     <t xml:space="preserve">OSPEDALE CARLO ONDOLI - ANGERA  OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI </t>
   </si>
   <si>
-    <t>BHNVNC92C53F205D</t>
-[...1 lines deleted...]
-  <si>
     <t>BEHNKE VERONICA</t>
   </si>
   <si>
     <t>MDI-DIACDPDA</t>
   </si>
   <si>
-    <t>BLLMRT87A41L319V</t>
-[...1 lines deleted...]
-  <si>
     <t>BELLESINI MARTA</t>
   </si>
   <si>
-    <t>BRZFBA66P26G388W</t>
-[...1 lines deleted...]
-  <si>
     <t>BERIZZI FABIO</t>
   </si>
   <si>
     <t>MALATTIE DELL'APPARATO RESPIRATORIO</t>
   </si>
   <si>
-    <t>BRNMRT93H65D869D</t>
-[...1 lines deleted...]
-  <si>
     <t>BERNACCHI MARTA</t>
   </si>
   <si>
-    <t>BRNLFR81C64Z404F</t>
-[...1 lines deleted...]
-  <si>
     <t>BERNARDINI ELENA FRANCESCA</t>
   </si>
   <si>
-    <t>BRNMTT74A18B639I</t>
-[...1 lines deleted...]
-  <si>
     <t>BERNASCONI MATTEO</t>
   </si>
   <si>
-    <t>BRTDNL60D07Z401I</t>
-[...1 lines deleted...]
-  <si>
     <t>BERTOLLO DANIELE</t>
   </si>
   <si>
-    <t>BRTGND78E12A794F</t>
-[...1 lines deleted...]
-  <si>
     <t>BERTONE GIANANDREA</t>
   </si>
   <si>
-    <t>BRTMHL62R29D869M</t>
-[...1 lines deleted...]
-  <si>
     <t>BERTONI MICHELE</t>
   </si>
   <si>
-    <t>BSZMCR65P66I819M</t>
-[...1 lines deleted...]
-  <si>
     <t>BESOZZI MARIACARLA</t>
   </si>
   <si>
     <t>OSPEDALE DI CUASSO - CUASSO AL MONTE</t>
   </si>
   <si>
-    <t>BCCDNL74M45F205Q</t>
-[...1 lines deleted...]
-  <si>
     <t>BIACCHI DANIELA</t>
   </si>
   <si>
     <t>FIS - FISPDA</t>
   </si>
   <si>
-    <t>BNCGLN81E65L682Y</t>
-[...1 lines deleted...]
-  <si>
     <t>BIANCHI GIULIANA</t>
   </si>
   <si>
-    <t>BSLRRT72R42C751W</t>
-[...1 lines deleted...]
-  <si>
     <t>BIASOLI ROBERTA</t>
   </si>
   <si>
-    <t>BFNLDI81T55A940Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BIFONE LIDIA</t>
   </si>
   <si>
-    <t xml:space="preserve">OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI
-[...5 lines deleted...]
-  <si>
     <t>BONACINA MARIA CHIARA</t>
   </si>
   <si>
-    <t>BNVLDA85S18L304U</t>
-[...1 lines deleted...]
-  <si>
     <t>BONAVENTURA ALDO</t>
   </si>
   <si>
-    <t>BRRGCM87C04B300T</t>
-[...1 lines deleted...]
-  <si>
     <t>BORRONI GIACOMO</t>
   </si>
   <si>
-    <t>BSSNGL62C59L682A</t>
-[...1 lines deleted...]
-  <si>
     <t>BOSSI ANGELA</t>
   </si>
   <si>
-    <t>BTTLCU64L22C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>BOTTA LUCA</t>
   </si>
   <si>
-    <t>BTTNNL61S57L682K</t>
-[...1 lines deleted...]
-  <si>
     <t>BOTTER ANTONELLA</t>
   </si>
   <si>
-    <t>BZZSLV82A67C751E</t>
-[...1 lines deleted...]
-  <si>
     <t>BOZZATO SILVIA</t>
   </si>
   <si>
-    <t>BZZSLV67S70L682Q</t>
-[...1 lines deleted...]
-  <si>
     <t>BOZZI SILVIA</t>
   </si>
   <si>
-    <t>BRDCLL69E67Z229U</t>
-[...1 lines deleted...]
-  <si>
     <t>BRAIDI CAROLLE</t>
   </si>
   <si>
     <t xml:space="preserve">RESVMD - PNEUMO </t>
   </si>
   <si>
-    <t>BRNMNL73E66L319O</t>
-[...1 lines deleted...]
-  <si>
     <t>BRENTAN MANUELA</t>
   </si>
   <si>
-    <t>BRGMRA59C05L682B</t>
-[...1 lines deleted...]
-  <si>
     <t>BROGGINI MARIO</t>
   </si>
   <si>
-    <t>BSSNLS58S63D869E</t>
-[...1 lines deleted...]
-  <si>
     <t>BUSSOLINI ANNA ELISABETTA</t>
   </si>
   <si>
-    <t>CBRLCU62R26G388C</t>
-[...1 lines deleted...]
-  <si>
     <t>CABRINI LUCA</t>
   </si>
   <si>
     <t>OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI -OSPEDALE GALMARINI - TRADATE</t>
   </si>
   <si>
-    <t>CRTMVT87T49L682Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CAIRATI MARIA VITTORIA</t>
   </si>
   <si>
-    <t>CLDMHL69B60B300Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CALDIROLI MICHELA</t>
   </si>
   <si>
-    <t>CMRNTN78S12A089I</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMERA ANTONIO</t>
   </si>
   <si>
-    <t>CMPLRD67A27L682T</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPIOTTI LEONARDO</t>
   </si>
   <si>
-    <t>CPPNNL61R59L682A</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPPELLI ANTONELLA</t>
   </si>
   <si>
-    <t>CPTSRA82D58D869F</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPUTO SARA</t>
   </si>
   <si>
-    <t>CRCGLI58D15L682W</t>
-[...1 lines deleted...]
-  <si>
     <t>CARCANO GIULIO</t>
   </si>
   <si>
-    <t>CRDRRT74D41B300K</t>
-[...1 lines deleted...]
-  <si>
     <t>CARDANI ROBERTA</t>
   </si>
   <si>
     <t xml:space="preserve"> PRESIDI OSPEDALIERI DI CITTIGLIO/LUINO</t>
   </si>
   <si>
-    <t>CRSSNO80M42C139C</t>
-[...1 lines deleted...]
-  <si>
     <t>CARISI SONIA</t>
   </si>
   <si>
-    <t>CRLMSS88H57L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>CAROLLO MELISSA</t>
   </si>
   <si>
-    <t>CRTMLD62L68B157U</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTINI EMANUELA DIANA SCILLA</t>
   </si>
   <si>
-    <t>CSGFRC72P68L682J</t>
-[...1 lines deleted...]
-  <si>
     <t>CASAGRANDE FEDERICA</t>
   </si>
   <si>
-    <t>CSGJNN68A08L682G</t>
-[...1 lines deleted...]
-  <si>
     <t>CASAGRANDE JOHNNY</t>
   </si>
   <si>
-    <t>CSLSLV87P51D869X</t>
-[...1 lines deleted...]
-  <si>
     <t>CASALE SILVIA</t>
   </si>
   <si>
     <t>PNEUMOLOGIA</t>
   </si>
   <si>
     <t>PNEUMO</t>
   </si>
   <si>
-    <t>CSTNNN70M66C933Q</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTELLI NADIA ANNAMARIA</t>
   </si>
   <si>
-    <t>CSTLNU72M54L682W</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTIGLIONI LUANA</t>
   </si>
   <si>
-    <t>CTTSNN70B42L682Y</t>
-[...1 lines deleted...]
-  <si>
     <t>CATTANEO SIMONA ANTONIA MARIA</t>
   </si>
   <si>
     <t>EMATOLOGIA</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
-    <t>CVLNTN60T13F258L</t>
-[...1 lines deleted...]
-  <si>
     <t>CAVALLO ANTONIO</t>
   </si>
   <si>
-    <t>CHPCRD80D03I441E</t>
-[...1 lines deleted...]
-  <si>
     <t>CHIAPPA CORRADO</t>
   </si>
   <si>
-    <t>CHNCLD70A31L682X</t>
-[...1 lines deleted...]
-  <si>
     <t>CHINI CLAUDIO</t>
   </si>
   <si>
-    <t>CRDCST91A69D332A</t>
-[...1 lines deleted...]
-  <si>
     <t>CIARDIELLO CRISTINA</t>
   </si>
   <si>
-    <t>CCZGNE63A03F205F</t>
-[...1 lines deleted...]
-  <si>
     <t>COCOZZA EUGENIO</t>
   </si>
   <si>
-    <t>CDRRLG63R26H264J</t>
-[...1 lines deleted...]
-  <si>
     <t>CODARI ROMEO LUIGI</t>
   </si>
   <si>
     <t>CODEN ELISA</t>
   </si>
   <si>
-    <t>CLNMNL72E45L682H</t>
-[...1 lines deleted...]
-  <si>
     <t>COLANGELO MANUELA</t>
   </si>
   <si>
-    <t>CNTLNZ87L09L682W</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTI LORENZO</t>
   </si>
   <si>
-    <t>CNTSRA82C66L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTINI SARA</t>
   </si>
   <si>
-    <t>CRSRSN91S47C933I</t>
-[...1 lines deleted...]
-  <si>
     <t>CORSO ROSSANA</t>
   </si>
   <si>
-    <t>CRTCDC59L03L319Q</t>
-[...1 lines deleted...]
-  <si>
     <t>CORTELEZZI CLAUDIO CAMILLO</t>
   </si>
   <si>
     <t>GASTROENTEROLOGIA ED ENDOSCOPIA</t>
   </si>
   <si>
     <t>GAST</t>
   </si>
   <si>
-    <t>CRZDNL78C71L682Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CREAZZA DANIELA</t>
   </si>
   <si>
-    <t>CRMNMR80R67C139I</t>
-[...1 lines deleted...]
-  <si>
     <t>CREMONA ANNA MARIA</t>
   </si>
   <si>
-    <t>CRSLNE65R67C680Q</t>
-[...1 lines deleted...]
-  <si>
     <t>CRISTOFARI ELIANA</t>
   </si>
   <si>
     <t>OTORINOLARINGOIATRIA (IMPIANTI COCLEARI), OTORINOLARINGOIATRIA CENTRO DI PRESCRIZIONE</t>
   </si>
   <si>
     <t>OTOIC - OTOCP</t>
   </si>
   <si>
-    <t>CRSGRG60A08D869I</t>
-[...1 lines deleted...]
-  <si>
     <t>CROSTA GIORGIO</t>
   </si>
   <si>
-    <t>CRTGGB58B24E863W</t>
-[...7 lines deleted...]
-  <si>
     <t>D'ADDEA ILARIA</t>
   </si>
   <si>
-    <t>DNGFBA70R23G273V</t>
-[...1 lines deleted...]
-  <si>
     <t>D'ANGELO FABIO</t>
   </si>
   <si>
-    <t>DRALSN59E31C933Y</t>
-[...1 lines deleted...]
-  <si>
     <t>DARIO ALESSANDRO</t>
   </si>
   <si>
-    <t>DBRVNT82A62L682S</t>
-[...1 lines deleted...]
-  <si>
     <t>DE BERARDINIS VALENTINA</t>
   </si>
   <si>
-    <t>DBRFNC73R61G388N</t>
-[...1 lines deleted...]
-  <si>
     <t>DE BERNARDI DI VALSERRA FRANCESCA</t>
   </si>
   <si>
-    <t>DFLGNN84P24A859H</t>
-[...1 lines deleted...]
-  <si>
     <t>DE FALCO GIOVANNI</t>
   </si>
   <si>
-    <t>DLRNGL78H14G482P</t>
-[...1 lines deleted...]
-  <si>
     <t>DE LAURETIS ANGELO</t>
   </si>
   <si>
-    <t>DMLMSM68M19F205P</t>
-[...1 lines deleted...]
-  <si>
     <t>DE MOLFETTA MASSIMO</t>
   </si>
   <si>
-    <t>DPLGRZ79E53G793V</t>
-[...1 lines deleted...]
-  <si>
     <t>DE PAOLA GRAZIA</t>
   </si>
   <si>
-    <t>DPTMRC73E16L682M</t>
-[...1 lines deleted...]
-  <si>
     <t>DE PIETRI MARCO</t>
   </si>
   <si>
-    <t>DDNCST91R59B300Y</t>
-[...1 lines deleted...]
-  <si>
     <t>DEDIONIGI CRISTINA</t>
   </si>
   <si>
-    <t>DNEMNL65L64L682U</t>
-[...1 lines deleted...]
-  <si>
     <t>DEIANA MANUELA</t>
   </si>
   <si>
-    <t>DNTFNC75T02B300H</t>
-[...1 lines deleted...]
-  <si>
     <t>DENTALI FRANCESCO</t>
   </si>
   <si>
-    <t>DSEMTT86M30F704B</t>
-[...1 lines deleted...]
-  <si>
     <t>DESIO MATTEO</t>
   </si>
   <si>
-    <t>DHMSNL81H46Z100H</t>
-[...1 lines deleted...]
-  <si>
     <t>DHIMA SONILA</t>
   </si>
   <si>
     <t>OTORINOLARINGOIATRIA (IMPIANTI COCLEARI), OTORINOLARINGOIATRIA GENERICA</t>
   </si>
   <si>
     <t>OTO - OTOIC</t>
   </si>
   <si>
-    <t>DGLLNE84L56A290K</t>
-[...1 lines deleted...]
-  <si>
     <t>DIGILIO ELENA</t>
   </si>
   <si>
-    <t>DGNMRZ84P14F205H</t>
-[...1 lines deleted...]
-  <si>
     <t>DIGIUNI MAURIZIO</t>
   </si>
   <si>
-    <t>DSCGPP86C11E020P</t>
-[...1 lines deleted...]
-  <si>
     <t>DISCALZO GIUSEPPE</t>
   </si>
   <si>
-    <t>DNDMCP80E31C933T</t>
-[...1 lines deleted...]
-  <si>
     <t>DONADINI MARCO PAOLO</t>
   </si>
   <si>
-    <t>DNTSMN76C13A859I</t>
-[...1 lines deleted...]
-  <si>
     <t>DONATI SIMONE</t>
   </si>
   <si>
-    <t>DNTCCT81H50B429G</t>
-[...1 lines deleted...]
-  <si>
     <t>DONATO CONCETTA</t>
   </si>
   <si>
-    <t>DNNLCU77A29L682H</t>
-[...1 lines deleted...]
-  <si>
     <t>DONNINI LUCA</t>
   </si>
   <si>
-    <t>FCCNLR84E49L682U</t>
-[...1 lines deleted...]
-  <si>
     <t>FACCHINI ANNALAURA</t>
   </si>
   <si>
-    <t>FRRGRG81A22F205F</t>
-[...1 lines deleted...]
-  <si>
     <t>FARRIS GIORGIO</t>
   </si>
   <si>
     <t> OTORINOLARINGOIATRIA GENERICA</t>
   </si>
   <si>
-    <t>FRRMTT73D12B300V</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRI MATTEO</t>
   </si>
   <si>
-    <t>FCHGNN71M23C351A</t>
-[...1 lines deleted...]
-  <si>
     <t>FICHERA GIOVANNI</t>
   </si>
   <si>
-    <t>FRIVNC76C50C751U</t>
-[...1 lines deleted...]
-  <si>
     <t>FIORE VERONICA</t>
   </si>
   <si>
-    <t>FLCPLA78A41L682N</t>
-[...1 lines deleted...]
-  <si>
     <t>FOLCIA PAOLA</t>
   </si>
   <si>
-    <t>FRMGRG81P26Z133N</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMENTI GIORGIO</t>
   </si>
   <si>
-    <t>FRTGPL64T01L682G</t>
-[...1 lines deleted...]
-  <si>
     <t>FORTINI GIANPAOLO</t>
   </si>
   <si>
-    <t>GDLCHR84E51L682E</t>
-[...1 lines deleted...]
-  <si>
     <t>GADALETA CALDAROLA CHIARA</t>
   </si>
   <si>
-    <t>GLLLSN66L64L319Q</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLI ALESSANDRA</t>
   </si>
   <si>
-    <t>GLLSFN82P62B300O</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLO STEFANIA</t>
   </si>
   <si>
-    <t>GMBCNZ60S62D869F</t>
-[...1 lines deleted...]
-  <si>
     <t>GAMBARINI CINZIA</t>
   </si>
   <si>
-    <t>GNDMRM80B61L682B</t>
-[...1 lines deleted...]
-  <si>
     <t>GANDOLFO MYRIAM</t>
   </si>
   <si>
-    <t xml:space="preserve">OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI /OSPEDALE GALMARINI - TRADATE </t>
-[...4 lines deleted...]
-  <si>
     <t>GANGEMI DOMENICO</t>
   </si>
   <si>
-    <t>GSBDRA64P29D869I</t>
-[...1 lines deleted...]
-  <si>
     <t>GASBERTI DARIO</t>
   </si>
   <si>
-    <t>GSSVRE86H64E734M</t>
-[...1 lines deleted...]
-  <si>
     <t>GESSI VERA</t>
   </si>
   <si>
-    <t>GHSLCU87H10E507T</t>
-[...1 lines deleted...]
-  <si>
     <t>GHISLANZONI LUCA</t>
   </si>
   <si>
-    <t>GNSGPP73H22L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>GIANESINI GIUSEPPE</t>
   </si>
   <si>
-    <t>GNNMNC76A62C933U</t>
-[...1 lines deleted...]
-  <si>
     <t>GIANNI MONICA</t>
   </si>
   <si>
-    <t>GRRGRI85C10C342H</t>
-[...1 lines deleted...]
-  <si>
     <t>GIARRETTA IGOR</t>
   </si>
   <si>
-    <t>GVILRI82P62D869K</t>
-[...1 lines deleted...]
-  <si>
     <t>GIOVI ILARIA</t>
   </si>
   <si>
-    <t>GSSLRA59A45F205X</t>
-[...1 lines deleted...]
-  <si>
     <t>GIUSSANI LAURA</t>
   </si>
   <si>
-    <t>GROGLI90M58H620T</t>
-[...1 lines deleted...]
-  <si>
     <t>GORI GIULIA</t>
   </si>
   <si>
-    <t>GRMMNL59L63B300L</t>
-[...1 lines deleted...]
-  <si>
     <t>GRAMPA EMANUELA</t>
   </si>
   <si>
-    <t>GRNNMR63L47E734U</t>
-[...1 lines deleted...]
-  <si>
     <t>GRANDE ANNA MARIA</t>
   </si>
   <si>
-    <t>GRSPLA75C50L682F</t>
-[...1 lines deleted...]
-  <si>
     <t>GRASSI PAOLA</t>
   </si>
   <si>
-    <t>GRZSFN86M25L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>GRAZIOLI STEFANO</t>
   </si>
   <si>
-    <t>GRSLSN90R54L682G</t>
-[...1 lines deleted...]
-  <si>
     <t>GROSSI ALESSANDRA</t>
   </si>
   <si>
-    <t>GRRMTN88T71C351L</t>
-[...1 lines deleted...]
-  <si>
     <t>GUARRERA MARTINA RITA</t>
   </si>
   <si>
-    <t>GRCMRC85C13H264T</t>
-[...1 lines deleted...]
-  <si>
     <t>GUERCI MARCO</t>
   </si>
   <si>
-    <t>GRRLPL58T64B300U</t>
-[...1 lines deleted...]
-  <si>
     <t>GUERRAGGIO LUCIA PAOLA</t>
   </si>
   <si>
     <t>PEDIATRIA, PEDIATRIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>PED - PEDCD</t>
   </si>
   <si>
-    <t>GMRFRC85C13D869G</t>
-[...1 lines deleted...]
-  <si>
     <t>GUMIERO FEDERICO</t>
   </si>
   <si>
     <t>CHIRURGIA VASCOLARE</t>
   </si>
   <si>
-    <t>GNCLCU78E13F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>IGNACCOLO LUCA</t>
   </si>
   <si>
-    <t>LSLDNI61A04G663N</t>
-[...1 lines deleted...]
-  <si>
     <t>LA SALVIA DINO</t>
   </si>
   <si>
-    <t>LAIDRN67R67I441R</t>
-[...1 lines deleted...]
-  <si>
     <t>LAI ADRIANA</t>
   </si>
   <si>
-    <t>LMBLSS88D70L750D</t>
-[...1 lines deleted...]
-  <si>
     <t>LAMBERTONI ALESSIA</t>
   </si>
   <si>
-    <t>LTFMFZ89P03F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>LATIFF MAHFUZ</t>
   </si>
   <si>
     <t>ORTOPEDIA E TRAUMATOLOGIA/ ORTOPEDIA PEDIATRICA</t>
   </si>
   <si>
-    <t>LNEVNC87E52B300T</t>
-[...1 lines deleted...]
-  <si>
     <t>LEONI VERONICA</t>
   </si>
   <si>
-    <t>LVRLNZ70S17B910E</t>
-[...1 lines deleted...]
-  <si>
     <t>LIVRAGHI LORENZO</t>
   </si>
   <si>
-    <t>LNGCHR73D44L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>LONGHI CHIARA</t>
   </si>
   <si>
-    <t>LCCMRA74E70L682E</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCCHINI MAURA</t>
   </si>
   <si>
-    <t>LNUCHR75S66F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>LUINI CHIARA</t>
   </si>
   <si>
-    <t>MCCLRT63B20L682T</t>
-[...1 lines deleted...]
-  <si>
     <t>MACCHI ALBERTO</t>
   </si>
   <si>
-    <t>MCCNLT91R59L682A</t>
-[...1 lines deleted...]
-  <si>
     <t>MACCHI NICOLETTA</t>
   </si>
   <si>
-    <t>MGGPLA75M25L682W</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGGIO PAOLO</t>
   </si>
   <si>
-    <t>MLGCHR80R63E734X</t>
-[...1 lines deleted...]
-  <si>
     <t>MALAGOLA CHIARA</t>
   </si>
   <si>
     <t>MARAGGIA DAVIDE GIUSEPPE</t>
   </si>
   <si>
-    <t>MRCNNA83C49L682I</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCATO ANNA</t>
   </si>
   <si>
-    <t>MRCVNT87B43L746C</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCHIONINI VALENTINA</t>
   </si>
   <si>
-    <t>MRCLCU72S24H264P</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCIANDI LUCA</t>
   </si>
   <si>
-    <t>MRLMGH80C42F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MARELLI MARGHERITA</t>
   </si>
   <si>
-    <t>MRSNRM72A06F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>MARESCA ANDREA MARIA</t>
   </si>
   <si>
-    <t>MRTNNA90H60L682K</t>
-[...1 lines deleted...]
-  <si>
     <t>MARTINELLI ANNA</t>
   </si>
   <si>
-    <t>MSLLRR85M60C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>MASIELLO ELVIRA ROBERTA</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA</t>
   </si>
   <si>
     <t>ENDO</t>
   </si>
   <si>
-    <t>MSLMSM73E19I819U</t>
-[...1 lines deleted...]
-  <si>
     <t>MASOLA MASSIMO</t>
   </si>
   <si>
-    <t>MSTGRG59D09L682D</t>
-[...1 lines deleted...]
-  <si>
     <t>MASOTTI GIORGIO</t>
   </si>
   <si>
-    <t>MZZMHL88D07L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>MAZZACANE MICHAEL</t>
   </si>
   <si>
-    <t>MZZMLS86B53D643k</t>
-[...1 lines deleted...]
-  <si>
     <t>MAZZIOTTI MARIA ALESSANDRA</t>
   </si>
   <si>
-    <t>MZZDNA76T51L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>MAZZOLA DANIA</t>
   </si>
   <si>
     <t>RESVMD - MARES</t>
   </si>
   <si>
-    <t>MGNSFN91L16L682N</t>
-[...1 lines deleted...]
-  <si>
     <t>MEGNA STEFANO</t>
   </si>
   <si>
-    <t>MLENLS73D70G273D</t>
-[...1 lines deleted...]
-  <si>
     <t>MELI ANNALISA</t>
   </si>
   <si>
-    <t>MLNMCR65B65E734Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MELONI MARIA CRISTINA</t>
   </si>
   <si>
-    <t>MREVNT73A51L682N</t>
-[...1 lines deleted...]
-  <si>
     <t>MERA VALENTINA</t>
   </si>
   <si>
-    <t>MLNMKS89H52Z133P</t>
-[...1 lines deleted...]
-  <si>
     <t>MILANI MARIKA</t>
   </si>
   <si>
-    <t>MGTMLL84H46I156W</t>
-[...1 lines deleted...]
-  <si>
     <t>MOGIATTI MIRELLA</t>
   </si>
   <si>
-    <t>MLTMRA76C15I625N</t>
-[...1 lines deleted...]
-  <si>
     <t>MOLTENI MAURO</t>
   </si>
   <si>
-    <t>MNSLCU84D15B300C</t>
-[...7 lines deleted...]
-  <si>
     <t>MONGIARDI CHRISTIAN</t>
   </si>
   <si>
-    <t>MNTLNZ77S18L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTALBETTI LORENZO</t>
   </si>
   <si>
-    <t>MNTVNT86A71G273H</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTANO VALENTINA</t>
   </si>
   <si>
-    <t>MRTSRA88D56C933G</t>
-[...1 lines deleted...]
-  <si>
     <t>MORETTI SARA</t>
   </si>
   <si>
-    <t>MSLGLC83H15L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>MUSOLINO GIANLUCA</t>
   </si>
   <si>
-    <t>NCCGNN78C01E151B</t>
-[...1 lines deleted...]
-  <si>
     <t>NECCHI GIOVANNI SAMMY</t>
   </si>
   <si>
-    <t>NCLLNR77R47L682K</t>
-[...1 lines deleted...]
-  <si>
     <t>NICOLINI ELEONORA</t>
   </si>
   <si>
-    <t>NCRLCU68C21L682F</t>
-[...7 lines deleted...]
-  <si>
     <t>NOSETTI LUANA</t>
   </si>
   <si>
-    <t>BTTRNB73A51D869Q</t>
-[...1 lines deleted...]
-  <si>
     <t>OBETTI ROMINA BRUNELLA</t>
   </si>
   <si>
-    <t>RTLMLS60S48I819I</t>
-[...1 lines deleted...]
-  <si>
     <t>ORTELLI MARIA LUISA</t>
   </si>
   <si>
-    <t>SSLDTL69A66L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>OSSOLA DONATELLA</t>
   </si>
   <si>
-    <t>PDNGNN67B12B300Y</t>
-[...1 lines deleted...]
-  <si>
     <t>PADOAN GIOVANNI</t>
   </si>
   <si>
     <t>PARRINO DANIELA</t>
   </si>
   <si>
-    <t>PSQNMO87S68F205C</t>
-[...1 lines deleted...]
-  <si>
     <t>PASQUA NOEMI</t>
   </si>
   <si>
-    <t>PTNSRN73E64L682I</t>
-[...1 lines deleted...]
-  <si>
     <t>PATANÈ SABRINA</t>
   </si>
   <si>
-    <t>PTTFNC72R22D624W</t>
-[...1 lines deleted...]
-  <si>
     <t>PATITUCCI FRANCESCO</t>
   </si>
   <si>
-    <t>PTSNDR90L09D205I</t>
-[...1 lines deleted...]
-  <si>
     <t>PAUTASSO ANDREA</t>
   </si>
   <si>
-    <t>PVNGZN64A12I729E</t>
-[...1 lines deleted...]
-  <si>
     <t>PAVAN GRAZIANO GIUSEPPE</t>
   </si>
   <si>
-    <t>PCCMNO77C47D612A</t>
-[...1 lines deleted...]
-  <si>
     <t>PECCHIOLI MONIA</t>
   </si>
   <si>
-    <t>PNNBDT87B49D284J</t>
-[...1 lines deleted...]
-  <si>
     <t>PENNELLA BENEDETTA</t>
   </si>
   <si>
-    <t>PRZSRN73D45F205T</t>
-[...1 lines deleted...]
-  <si>
     <t>PERAZZOLI SABRINA</t>
   </si>
   <si>
-    <t>PRTLNE79P45L219X</t>
-[...1 lines deleted...]
-  <si>
     <t>PERETTI ELENA</t>
   </si>
   <si>
-    <t>PVRCHR83P50C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>PEVERELLI CHIARA</t>
   </si>
   <si>
-    <t>PRBVNT90C42C751J</t>
-[...1 lines deleted...]
-  <si>
     <t>PIEROBON VALENTINA</t>
   </si>
   <si>
-    <t>PLTGRG56P03F205W</t>
-[...1 lines deleted...]
-  <si>
     <t>PILATO GIORGIO</t>
   </si>
   <si>
-    <t>PSTNDR77H29A429M</t>
-[...1 lines deleted...]
-  <si>
     <t>PISTOCHINI ANDREA</t>
   </si>
   <si>
-    <t>PTLGNN58R28C199R</t>
-[...7 lines deleted...]
-  <si>
     <t>POZZI FABIO</t>
   </si>
   <si>
-    <t>PRMPLA87T43C751C</t>
-[...1 lines deleted...]
-  <si>
     <t>PREMOLI PAOLA</t>
   </si>
   <si>
-    <t>PRSLRI72A43C933T</t>
-[...1 lines deleted...]
-  <si>
     <t>PROSERPIO ILARIA</t>
   </si>
   <si>
-    <t>PRSSLV83L52E734O</t>
-[...1 lines deleted...]
-  <si>
     <t>PROSERPIO SILVIA</t>
   </si>
   <si>
-    <t>PRCMRC76T13B300X</t>
-[...1 lines deleted...]
-  <si>
     <t>PURICELLI MARCO</t>
   </si>
   <si>
-    <t>QNTVLR86C52H264M</t>
-[...1 lines deleted...]
-  <si>
     <t>QUINTODEI VALERIA</t>
   </si>
   <si>
-    <t>RBBDTR70E01I829P</t>
-[...1 lines deleted...]
-  <si>
     <t>RABBIOSI DIMITRI</t>
   </si>
   <si>
-    <t>RNCLNE83E51L319H</t>
-[...1 lines deleted...]
-  <si>
     <t>RANCAN ELENA</t>
   </si>
   <si>
-    <t>RSAMSM63L22E897L</t>
-[...1 lines deleted...]
-  <si>
     <t>RASO MASSIMO</t>
   </si>
   <si>
-    <t>RGNGTT73L51L682L</t>
-[...1 lines deleted...]
-  <si>
     <t>RIGANTI GIUDITTA</t>
   </si>
   <si>
-    <t>RVIGCM77R04L682V</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVA GIACOMO</t>
   </si>
   <si>
-    <t>RBSLRA86D64A290Y</t>
-[...1 lines deleted...]
-  <si>
     <t>ROBUSTELLI TEST LAURA</t>
   </si>
   <si>
-    <t>RMNCST62P63L682P</t>
-[...1 lines deleted...]
-  <si>
     <t>ROMANO CRISTINA</t>
   </si>
   <si>
-    <t>RMLRCE79E62L319G</t>
-[...1 lines deleted...]
-  <si>
     <t>ROMUALDI ERICA</t>
   </si>
   <si>
-    <t>RVRFNC72D52L682J</t>
-[...1 lines deleted...]
-  <si>
     <t>ROVERA FRANCESCA ANGELA</t>
   </si>
   <si>
-    <t>SSSLNZ82H67L682Q</t>
-[...1 lines deleted...]
-  <si>
     <t>SASSI LORENZA</t>
   </si>
   <si>
-    <t>SCNCHR90L68E202E</t>
-[...1 lines deleted...]
-  <si>
     <t>SCANCARELLO CHIARA</t>
   </si>
   <si>
-    <t>SDRLCU85S30F335X</t>
-[...4 lines deleted...]
-  <si>
     <t>SEGATO SERGIO</t>
   </si>
   <si>
-    <t>SCILNR86L62E919M</t>
-[...1 lines deleted...]
-  <si>
     <t>SICA ELEONORA</t>
   </si>
   <si>
-    <t>SRITMS68A09L682F</t>
-[...1 lines deleted...]
-  <si>
     <t>SIERI TOMMASO SIMONE</t>
   </si>
   <si>
     <t>SILEO GIORGIO</t>
   </si>
   <si>
-    <t>SRNNPL82C58F205T</t>
-[...1 lines deleted...]
-  <si>
     <t>SIRONI ANNA PAOLA</t>
   </si>
   <si>
-    <t>SSTMRA65T66E734W</t>
-[...1 lines deleted...]
-  <si>
     <t>SIST MARA</t>
   </si>
   <si>
-    <t>SLBFNC77E29B300L</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLBIATI FRANCESCO MARIO</t>
   </si>
   <si>
-    <t>SPRSRA84H65L319E</t>
-[...1 lines deleted...]
-  <si>
     <t>SPERONI SARA</t>
   </si>
   <si>
-    <t>SPCVLR68D61G273F</t>
-[...1 lines deleted...]
-  <si>
     <t>SPICA RUSSOTTO VALERIA</t>
   </si>
   <si>
-    <t>SPNDRN70P65M088U</t>
-[...1 lines deleted...]
-  <si>
     <t>SPINA DORIANA</t>
   </si>
   <si>
-    <t>TBNNTN64R14L682V</t>
-[...1 lines deleted...]
-  <si>
     <t>TABANO ANTONIO</t>
   </si>
   <si>
-    <t>TBRLSN72C24I441L</t>
-[...7 lines deleted...]
-  <si>
     <t>TAMBORINI PERMUNIAM ELEONORA</t>
   </si>
   <si>
-    <t>TNGFLV79S23E441G</t>
-[...1 lines deleted...]
-  <si>
     <t>TANGIANU FLAVIO</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA, MEDICINA INTERNA</t>
   </si>
   <si>
-    <t>TRZCHR73P44A290L</t>
-[...1 lines deleted...]
-  <si>
     <t>TERZOLI CHIARA</t>
   </si>
   <si>
-    <t>TSTLSN83M19L682B</t>
-[...1 lines deleted...]
-  <si>
     <t>TESTA ALESSANDRO</t>
   </si>
   <si>
-    <t>TNTCHR60D64Z103Q</t>
-[...1 lines deleted...]
-  <si>
     <t>TONTODONATI CHIARA</t>
   </si>
   <si>
-    <t>TRTDFN82E25I819M</t>
-[...1 lines deleted...]
-  <si>
     <t>TRETTENE ADOLFO ANDREA</t>
   </si>
   <si>
     <t>DIABETOLOGIA, PEDIATRIA, PEDIATRIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>DIA - PEDCD</t>
   </si>
   <si>
-    <t>TRTSRA85H61D869L</t>
-[...1 lines deleted...]
-  <si>
     <t>TURATO SARA</t>
   </si>
   <si>
-    <t>TRRMRA84S12B157T</t>
-[...1 lines deleted...]
-  <si>
     <t>TURRI ZANONI MARIO</t>
   </si>
   <si>
-    <t>VLDLGU59A11C261H</t>
-[...1 lines deleted...]
-  <si>
     <t>VALDATTA LUIGI ANTONIO</t>
   </si>
   <si>
     <t>CHIRURGIA PLASTICA</t>
   </si>
   <si>
-    <t>VCCLSN86T60G674G</t>
-[...1 lines deleted...]
-  <si>
     <t>VECCHIE ALESSANDRA</t>
   </si>
   <si>
-    <t>VSCLNR90H42L682L</t>
-[...4 lines deleted...]
-  <si>
     <t>ZULLO ALESSANDRA</t>
   </si>
   <si>
-    <t>ZRTFNC89E54E734J</t>
-[...1 lines deleted...]
-  <si>
     <t>ZURETTI FRANCESCA</t>
   </si>
   <si>
     <t>ASST VALLE OLONA</t>
   </si>
   <si>
     <t>OSPEDALE DI CIRCOLO - BUSTO ARSIZIO</t>
   </si>
   <si>
-    <t>BLACLR70S57B300R</t>
-[...1 lines deleted...]
-  <si>
     <t>ABELI CLARA</t>
   </si>
   <si>
     <t>OSP. A BELLINI - SOMMA L.DO</t>
   </si>
   <si>
-    <t>BLLPLA75M58L682H</t>
-[...1 lines deleted...]
-  <si>
     <t>ABELLO PAOLA</t>
   </si>
   <si>
     <t>AGOSTINELLI ANDREA</t>
   </si>
   <si>
-    <t>OSP. S. ANTONIO ABATE - GALLARATE + OSP. DI CIRCOLO - BUSTO ARSIZIO</t>
-[...4 lines deleted...]
-  <si>
     <t>ALBERTIN ANDREA</t>
   </si>
   <si>
     <t>OSP. S. ANTONIO ABATE - GALLARATE</t>
   </si>
   <si>
-    <t>LBRLRA61H52B805E</t>
-[...1 lines deleted...]
-  <si>
     <t>ALBERTON LAURA</t>
   </si>
   <si>
     <t>OSP. GENERALE PROVINCIALE - SARONNO</t>
   </si>
   <si>
-    <t>MRSLSN79C69F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>AMOROSO ALESSANDRA</t>
   </si>
   <si>
-    <t>NNVPRS77L21F205H</t>
-[...1 lines deleted...]
-  <si>
     <t>ANNOVAZZI PIETRO OSVALDO LUIGI</t>
   </si>
   <si>
-    <t>OSP. A. BELLINI - SOMMA L.DO - OSP. S. ANTONIO ABATE - GALLARATE</t>
-[...4 lines deleted...]
-  <si>
     <t>BALLARATI ROBERTO</t>
   </si>
   <si>
-    <t>BNFSLV77S42B300T</t>
-[...1 lines deleted...]
-  <si>
     <t>BANFI SILVIA</t>
   </si>
   <si>
-    <t>BRLRLB86D45C514N</t>
-[...1 lines deleted...]
-  <si>
     <t>BARILE ROSALBA</t>
   </si>
   <si>
-    <t>BRNSMN68B56D869W</t>
-[...1 lines deleted...]
-  <si>
     <t>BERNASCONI SIMONA</t>
   </si>
   <si>
-    <t>BRTNLT66H53D869K</t>
-[...1 lines deleted...]
-  <si>
     <t>BERTINELLI NICOLETTA</t>
   </si>
   <si>
-    <t>BRTMMR62S63D869N</t>
-[...1 lines deleted...]
-  <si>
     <t>BERTINI MAURA MARIACHIARA</t>
   </si>
   <si>
-    <t>BSZLSN77E52A290F</t>
-[...1 lines deleted...]
-  <si>
     <t>BESOZZI ALESSANDRA</t>
-  </si>
-[...1 lines deleted...]
-    <t>BGNFPP91C20C469N</t>
   </si>
   <si>
     <t>BIAGINI FILIPPO</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
-    <t>BNCMNL83S42L682N</t>
-[...1 lines deleted...]
-  <si>
     <t>BIANCHI MANUELA</t>
   </si>
   <si>
-    <t>BNCBGI87C05C349Q</t>
-[...1 lines deleted...]
-  <si>
     <t>BIANCHIMANO BIAGIO</t>
   </si>
   <si>
-    <t>BTTCRD61L03D869S</t>
-[...1 lines deleted...]
-  <si>
     <t>BOTTINI CORRADO</t>
   </si>
   <si>
-    <t>BVONNL68T45F952K</t>
-[...10 lines deleted...]
-  <si>
     <t>BUSCARINI ELENA</t>
   </si>
   <si>
-    <t>BTTCHR62B54C933D</t>
-[...1 lines deleted...]
-  <si>
     <t>BUTTI CHIARA</t>
   </si>
   <si>
-    <t>CCCRCR92P10L319P</t>
-[...1 lines deleted...]
-  <si>
     <t>CACCIA RICCARDO</t>
   </si>
   <si>
-    <t>CLCBBR82E61B300G</t>
-[...1 lines deleted...]
-  <si>
     <t>CALCATERRA BARBARA</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO</t>
   </si>
   <si>
-    <t>CLRLRT76P24C751T</t>
-[...1 lines deleted...]
-  <si>
     <t>CALORI ALBERTO</t>
   </si>
   <si>
-    <t>CMPBBR69T63F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPANATI BARBARA</t>
   </si>
   <si>
-    <t>CPRLGU62P14L780L</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPERNA LUIGI</t>
   </si>
   <si>
-    <t>CPLLSE81B47D912S</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPILUPPI ELISA</t>
   </si>
   <si>
-    <t>CSTBBR72B52B300P</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTIGLIONI BARBARA</t>
   </si>
   <si>
-    <t>CZZMRC58P20F205V</t>
-[...1 lines deleted...]
-  <si>
     <t>CAZZOLA MARCO</t>
   </si>
   <si>
-    <t>CRCLNR83T43C349A</t>
-[...1 lines deleted...]
-  <si>
     <t>CERCHIARO ELEONORA</t>
   </si>
   <si>
-    <t>CRNPVL69D50B300U</t>
-[...1 lines deleted...]
-  <si>
     <t>CERIANI PAOLA VALERIA</t>
   </si>
   <si>
-    <t>CCCDLP86T01I537K</t>
-[...1 lines deleted...]
-  <si>
     <t>CICCONE DANIELE PASQUALE</t>
   </si>
   <si>
-    <t>CMPMGR76E71C933G</t>
-[...1 lines deleted...]
-  <si>
     <t>CIMPANELLI MARIA GRAZIA</t>
   </si>
   <si>
-    <t>CLIMLL88A42G187A</t>
-[...1 lines deleted...]
-  <si>
     <t>CIOLA MARIELLA</t>
   </si>
   <si>
-    <t>CLRFRC88A03B300F</t>
-[...1 lines deleted...]
-  <si>
     <t>CLERICI FEDERICO</t>
   </si>
   <si>
-    <t>CCCCLL86M07D869I</t>
-[...1 lines deleted...]
-  <si>
     <t>COCCETTA CARLO ALBERTO</t>
   </si>
   <si>
-    <t>CCCRRT63E08L682L</t>
-[...1 lines deleted...]
-  <si>
     <t>COCCHI ROBERTO</t>
   </si>
   <si>
-    <t>CRZNNA85P41B300O</t>
-[...1 lines deleted...]
-  <si>
     <t>COEREZZA ANNA</t>
   </si>
   <si>
-    <t>CLMLBT73H62B300R</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO ELISABETTA</t>
   </si>
   <si>
     <t>GASTROENTEROLOGIA ED ENDOSCOPIA, MEDICINA INTERNA</t>
   </si>
   <si>
     <t>GAST - MDI</t>
   </si>
   <si>
-    <t>CLMPLA60A64I709A</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO PAOLA</t>
   </si>
   <si>
-    <t>CRPLSN79D59H264R</t>
-[...1 lines deleted...]
-  <si>
     <t>CREPALDI ALESSANDRA</t>
   </si>
   <si>
-    <t>CKURMR87B60Z100M</t>
-[...1 lines deleted...]
-  <si>
     <t>CUKA ERMIRA</t>
   </si>
   <si>
-    <t>DLLLBT80D57E514X</t>
-[...1 lines deleted...]
-  <si>
     <t>DALLA VALLE ELISABETTA</t>
   </si>
   <si>
-    <t>DMBVCN57L31B300Q</t>
-[...1 lines deleted...]
-  <si>
     <t>D'AMBROSIO VINCENZO</t>
   </si>
   <si>
-    <t>DTTNTN79L30B774S</t>
-[...1 lines deleted...]
-  <si>
     <t>DATTOLA ANTONIO</t>
   </si>
   <si>
-    <t>DVNLSN87D09F158L</t>
-[...1 lines deleted...]
-  <si>
     <t>D'AVENI ALESSANDRO</t>
   </si>
   <si>
-    <t>DGSMTH90H53F205B</t>
-[...1 lines deleted...]
-  <si>
     <t>DE GASPERIS MARTHA</t>
   </si>
   <si>
-    <t>DLCRFL80L22F839M</t>
-[...1 lines deleted...]
-  <si>
     <t>DE LUCA RAFFAELE</t>
   </si>
   <si>
-    <t>DTHGNR65E01G482N</t>
-[...1 lines deleted...]
-  <si>
     <t>DE THOMASIS GENNARINO</t>
   </si>
   <si>
-    <t>DLRLNE76C71L682F</t>
-[...1 lines deleted...]
-  <si>
     <t>DEL ROMANO ELENA</t>
   </si>
   <si>
-    <t>DBNPRP63H27D768J</t>
-[...1 lines deleted...]
-  <si>
     <t>DI BENEDETTO PIETRO PAOLO</t>
   </si>
   <si>
-    <t>DLCGPP60C24F205X</t>
-[...1 lines deleted...]
-  <si>
     <t>DI LUCCA GIUSEPPE</t>
   </si>
   <si>
-    <t>DNILSN78E06F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>DIANA ALESSANDRO</t>
   </si>
   <si>
-    <t>DRGDDN89M04Z160T</t>
-[...1 lines deleted...]
-  <si>
     <t>DRUGZANI DARDAN</t>
   </si>
   <si>
-    <t>RPLPLA62A02L682E</t>
-[...1 lines deleted...]
-  <si>
     <t>ERPOLI PAOLO</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA(CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO)</t>
   </si>
   <si>
     <t>ENDCDPDA</t>
   </si>
   <si>
-    <t>FCCCNN80L57F205T</t>
-[...1 lines deleted...]
-  <si>
     <t>FACCIOTTO CORINNA</t>
   </si>
   <si>
-    <t>FGNLNE72D57L682F</t>
-[...1 lines deleted...]
-  <si>
     <t>FAGNONI ELENA</t>
   </si>
   <si>
-    <t>FDELCN63L46E625Z</t>
-[...1 lines deleted...]
-  <si>
     <t>FEDI LUCIANA</t>
   </si>
   <si>
-    <t>FRRLRI74E66C933T</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRARI ILARIA</t>
   </si>
   <si>
-    <t>FRRMRS58M62E666K</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRARIO MARIA ROSA</t>
   </si>
   <si>
-    <t>FGNRSN61D69F205Y</t>
-[...1 lines deleted...]
-  <si>
     <t>FIGINI ROSSANA</t>
   </si>
   <si>
-    <t>FRIMHL85H25L682C</t>
-[...1 lines deleted...]
-  <si>
     <t>FIOR MICHELE</t>
   </si>
   <si>
-    <t>FRNLRB84T41F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>FIORINI ELEONORA</t>
   </si>
   <si>
-    <t>FRRSLV88M53F704N</t>
-[...1 lines deleted...]
-  <si>
     <t>FRERI SILVIA</t>
   </si>
   <si>
-    <t>GNDLSE76E46L219V</t>
-[...1 lines deleted...]
-  <si>
     <t>GANDOLFI ELISA</t>
   </si>
   <si>
-    <t>GRVSVD82D59E801U</t>
-[...1 lines deleted...]
-  <si>
     <t>GARAVAGLIA SILVIA DANIELA</t>
   </si>
   <si>
-    <t>GRFFLV87S68F704N</t>
-[...1 lines deleted...]
-  <si>
     <t>GAROFALO FLAVIA</t>
   </si>
   <si>
-    <t>GZZLRA77L69B300Q</t>
-[...1 lines deleted...]
-  <si>
     <t>GAZZANI LAURA</t>
   </si>
   <si>
-    <t>GHRPLA60E25F952U</t>
-[...1 lines deleted...]
-  <si>
     <t>GHIRINGHELLI PAOLO</t>
   </si>
   <si>
-    <t>GMMRND67E19L591P</t>
-[...1 lines deleted...]
-  <si>
     <t>GIAMMARCO ARMANDO ANTONIO</t>
   </si>
   <si>
-    <t>GNLRKE73C69F205A</t>
-[...1 lines deleted...]
-  <si>
     <t>GIANELLI ERIKA</t>
   </si>
   <si>
     <t>MALATTIE INFETTIVE, MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MAINF - MDI</t>
   </si>
   <si>
-    <t>GVRLSU79B54A290M</t>
-[...1 lines deleted...]
-  <si>
     <t>GIAVARINI LUISA</t>
   </si>
   <si>
-    <t>GNLLNE86A69A290F</t>
-[...1 lines deleted...]
-  <si>
     <t>GINELLI ELENA</t>
   </si>
   <si>
-    <t>GRGPLA63R06I829B</t>
-[...1 lines deleted...]
-  <si>
     <t>GIORGI PAOLO</t>
   </si>
   <si>
-    <t>GRLCLM58P18F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>GIRELLI CARLO MARIA</t>
   </si>
   <si>
-    <t>OSP. S. ANTONIO ABATE - GALLARATE (GALLARATE, VA) </t>
-[...4 lines deleted...]
-  <si>
     <t>GRILLONE GIALUCA CLAUDIO</t>
   </si>
   <si>
-    <t>GSCCLR84M64A182A</t>
-[...1 lines deleted...]
-  <si>
     <t>GUASCHINO CLARA</t>
   </si>
   <si>
-    <t>NTRLBT76B62H501B</t>
-[...1 lines deleted...]
-  <si>
     <t>INTIERI ELISABETTA</t>
   </si>
   <si>
-    <t>LNINNG62R03F205A</t>
-[...1 lines deleted...]
-  <si>
     <t>IULIANO ANTONIO GABRIELE</t>
   </si>
   <si>
-    <t>LSPSDR61L17A841Y</t>
-[...1 lines deleted...]
-  <si>
     <t>LA SPINA ISIDORO</t>
   </si>
   <si>
-    <t>LTRMRA70L55G273L</t>
-[...1 lines deleted...]
-  <si>
     <t>LA TARGIA MARIA</t>
   </si>
   <si>
     <t>EMATOLOGIA, ONCOLOGIA</t>
   </si>
   <si>
     <t>ONC - EMA</t>
   </si>
   <si>
-    <t>LGRLSS88B51H579J</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUORI ALESSIA</t>
   </si>
   <si>
-    <t>LMBSRC73R48D869O</t>
-[...1 lines deleted...]
-  <si>
     <t>LIMBIATI SARA ERICA</t>
   </si>
   <si>
-    <t>LDOLCU68L43H264P</t>
-[...1 lines deleted...]
-  <si>
     <t>LODI LUCIA</t>
   </si>
   <si>
-    <t>LPRFNC64E01E834N</t>
-[...1 lines deleted...]
-  <si>
     <t>LOPRETE FRANCESCO</t>
   </si>
   <si>
-    <t>LMSRSR89P55D086U</t>
-[...1 lines deleted...]
-  <si>
     <t>LUMASTRO ROSARIA</t>
   </si>
   <si>
-    <t>MCCFRC92H64E801O</t>
-[...1 lines deleted...]
-  <si>
     <t>MACCHI FEDERICA</t>
   </si>
   <si>
-    <t>MGNLBT84M71D869P</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGNAGHI ELISABETTA</t>
   </si>
   <si>
     <t>NEUROPSICHIATRIA, NEUROPSICHIATRIA INFANTILE</t>
   </si>
   <si>
     <t>NEPS</t>
   </si>
   <si>
-    <t>MNCNDR74D11A271K</t>
-[...1 lines deleted...]
-  <si>
     <t>MANCIOLI ANDREA</t>
   </si>
   <si>
-    <t>MNFLSE76S65C139V</t>
-[...1 lines deleted...]
-  <si>
     <t>MANFREDI ELISA</t>
   </si>
   <si>
-    <t>MNZRFL71A29F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>MANZO RAFFAELE</t>
   </si>
   <si>
-    <t>MRNPRZ56R42B300S</t>
-[...1 lines deleted...]
-  <si>
     <t>MARINONI PATRIZIA</t>
   </si>
   <si>
-    <t>MRTJSC90E43A564L</t>
-[...1 lines deleted...]
-  <si>
     <t>MAROTTA JESSICA</t>
   </si>
   <si>
-    <t>MSNDDM87P22G062C</t>
-[...1 lines deleted...]
-  <si>
     <t>MASNAGHETTI DAVIDE MARIA</t>
   </si>
   <si>
-    <t>MZZFNC61M46A825Y</t>
-[...1 lines deleted...]
-  <si>
     <t>MAZZUCCHELLI FRANCA</t>
   </si>
   <si>
-    <t>MCCLDN66B63D869J</t>
-[...1 lines deleted...]
-  <si>
     <t>MECCA LOREDANA</t>
   </si>
   <si>
-    <t>MLLJSC88A64L319J</t>
-[...1 lines deleted...]
-  <si>
     <t>MELLIA JESSICA</t>
   </si>
   <si>
-    <t>MNNSRA88D69L682V</t>
-[...1 lines deleted...]
-  <si>
     <t>MENANDRO SARA</t>
   </si>
   <si>
-    <t>MNGVNC90S48B019N</t>
-[...1 lines deleted...]
-  <si>
     <t>MENEGON VERONICA</t>
   </si>
   <si>
-    <t>MNZBBR78S70B300W</t>
-[...1 lines deleted...]
-  <si>
     <t>MENZAGHI BARBARA</t>
   </si>
   <si>
-    <t>MGLLSN72D62A290M</t>
-[...1 lines deleted...]
-  <si>
     <t>MIGLIORANZA ALESSANDRA</t>
   </si>
   <si>
-    <t>MSNDVD66E17F205N</t>
-[...1 lines deleted...]
-  <si>
     <t>MISAN DAVIDE</t>
   </si>
   <si>
-    <t>MNZMHL79P60L319O</t>
-[...1 lines deleted...]
-  <si>
     <t>MONZA MICHELA</t>
   </si>
   <si>
-    <t>MRNCMN64C43L319H</t>
-[...1 lines deleted...]
-  <si>
     <t>MORANDI CARMEN</t>
   </si>
   <si>
-    <t>MZZLNZ89T16D912C</t>
-[...1 lines deleted...]
-  <si>
     <t>MUZZARELLI LORENZO</t>
   </si>
   <si>
     <t>OSP. GENERALE PROVINCIALE - SARONNO + OSP. DI CIRCOLO DI BUSTO ARSIZIO</t>
   </si>
   <si>
-    <t>NSLDVD70A19H264V</t>
-[...1 lines deleted...]
-  <si>
     <t>NASUELLI DAVIDE</t>
   </si>
   <si>
-    <t>NGLCRB70E06F205B</t>
-[...1 lines deleted...]
-  <si>
     <t>NEGLIA CESARE BARTOLOMEO</t>
   </si>
   <si>
-    <t>NRMLRN63C68B963O</t>
-[...1 lines deleted...]
-  <si>
     <t>NEROMANTE LUIGIA IRENE</t>
   </si>
   <si>
-    <t>NSTDLF85T47C978Q</t>
-[...1 lines deleted...]
-  <si>
     <t>NESTOLA DANIELA FRANCESCA</t>
   </si>
   <si>
-    <t>NCLSMN66P44F205F</t>
-[...1 lines deleted...]
-  <si>
     <t>NICOLINI SIMONA</t>
   </si>
   <si>
-    <t>NLFSFN74P52F952C</t>
-[...1 lines deleted...]
-  <si>
     <t>ONOLFO STEFANIA</t>
   </si>
   <si>
-    <t>STNFBA68E14B639I</t>
-[...1 lines deleted...]
-  <si>
     <t>OSTINI FABIO</t>
   </si>
   <si>
-    <t>TRMMCL86H63Z611R</t>
-[...1 lines deleted...]
-  <si>
     <t>OTERO AMEZAGA MICAELA</t>
   </si>
   <si>
-    <t>PGLRCE92B57D869D</t>
-[...1 lines deleted...]
-  <si>
     <t>PAGLIARO ERICA</t>
   </si>
   <si>
-    <t>PLMVEA64D42F205Q</t>
-[...1 lines deleted...]
-  <si>
     <t>PALMIERI EVA</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA(CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO), MEDICINA INTERNA</t>
   </si>
   <si>
     <t>ENDCDPDA - MDI</t>
   </si>
   <si>
-    <t>PLMGLI91C68D869V</t>
-[...1 lines deleted...]
-  <si>
     <t>PALMIOTTO GIULIA</t>
   </si>
   <si>
-    <t>PRNNDA82H60D869Y</t>
-[...1 lines deleted...]
-  <si>
     <t>PARIANI NADIA</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA, ENDOCRINOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>ENDO - ENDOCD</t>
   </si>
   <si>
-    <t>PSQCCL72E41L682M</t>
-[...1 lines deleted...]
-  <si>
     <t>PASQUALI CECILIA</t>
   </si>
   <si>
-    <t>PTRMRS69C45I441F</t>
-[...1 lines deleted...]
-  <si>
     <t>PETROZZINO MARIA ROSARIA</t>
   </si>
   <si>
-    <t>PGNNNA75D53E514A</t>
-[...1 lines deleted...]
-  <si>
     <t>PIGNI ANNA</t>
   </si>
   <si>
-    <t>PGNNRC64L27D869N</t>
-[...1 lines deleted...]
-  <si>
     <t>PIGNI ENRICO</t>
   </si>
   <si>
-    <t>PGNSRN71D59B300Y</t>
-[...1 lines deleted...]
-  <si>
     <t>PIGNI SABRINA</t>
   </si>
   <si>
-    <t>PNNRCR58M22C272K</t>
-[...1 lines deleted...]
-  <si>
     <t>PINNA RICCARDO</t>
   </si>
   <si>
-    <t>PLIMRK80M14B019E</t>
-[...1 lines deleted...]
-  <si>
     <t>PIOLA MIRKO</t>
   </si>
   <si>
-    <t>PPRFNC74P59D869W</t>
-[...1 lines deleted...]
-  <si>
     <t>PIPERNO FRANCESCA MARIA LUISA</t>
   </si>
   <si>
-    <t>PSNDTL72L50B300D</t>
-[...1 lines deleted...]
-  <si>
     <t>PISONI DONATELLA</t>
   </si>
   <si>
-    <t>PZZFNC68M22B300F</t>
-[...1 lines deleted...]
-  <si>
     <t>PIZZETTI FRANCESCO</t>
   </si>
   <si>
-    <t>PZZMGR79B67H264P</t>
-[...1 lines deleted...]
-  <si>
     <t>PIZZI MARIA GRAZIA</t>
   </si>
   <si>
-    <t>PMTRRT72A56F205G</t>
-[...1 lines deleted...]
-  <si>
     <t>POMETTA ROBERTA</t>
   </si>
   <si>
-    <t>PRTPLA75P46B639H</t>
-[...1 lines deleted...]
-  <si>
     <t>PORTA PAOLA</t>
   </si>
   <si>
-    <t>RDRDVD85H25I441I</t>
-[...1 lines deleted...]
-  <si>
     <t>RADRIZZANI DAVIDE</t>
   </si>
   <si>
-    <t>RMPMRA66H11F205B</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMPOLDI MAURO</t>
   </si>
   <si>
-    <t>RBZSLV79M47F119L</t>
-[...1 lines deleted...]
-  <si>
     <t>REBUZZINI SILVIA</t>
   </si>
   <si>
-    <t>RZZSLV79S49I441B</t>
-[...1 lines deleted...]
-  <si>
     <t>REZZONICO SILVIA</t>
   </si>
   <si>
-    <t>RCCSRN77L44E514S</t>
-[...1 lines deleted...]
-  <si>
     <t>ROCCA SABRINA</t>
   </si>
   <si>
-    <t>RMNFRC86L67F205A</t>
-[...1 lines deleted...]
-  <si>
     <t>ROMANO FEDERICA YLENIA</t>
   </si>
   <si>
     <t xml:space="preserve"> GERIATRIA - MEDICO DI PRESIDIO TERRITORIALE</t>
   </si>
   <si>
-    <t>RSSMLM81C46C573J</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSSI MANUELA MARIA WANDA</t>
   </si>
   <si>
-    <t>RSSLSN93T45A290O</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSSONI ALESSANDRA</t>
   </si>
   <si>
-    <t>SLVGNC68B09F205Y</t>
-[...4 lines deleted...]
-  <si>
     <t>SALVATI GABRIELLA</t>
   </si>
   <si>
-    <t>SCHLRT61T21D869U</t>
-[...1 lines deleted...]
-  <si>
     <t>SCHIZZAROTTO ALBERTO MARCO</t>
   </si>
   <si>
-    <t>SCSLBA67L57C933O</t>
-[...1 lines deleted...]
-  <si>
     <t>SCIASCERA ALBA</t>
   </si>
   <si>
     <t>MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE), MEDICINA INTERNA</t>
   </si>
   <si>
     <t>RESVMD - MDI</t>
   </si>
   <si>
-    <t>SCTFNC79T12C351L</t>
-[...1 lines deleted...]
-  <si>
     <t>SCIUTO FRANCESCO GUGLIELMO</t>
   </si>
   <si>
-    <t>SMNFNC77S57H264A</t>
-[...1 lines deleted...]
-  <si>
     <t>SIMONCELLO FRANCESCA</t>
   </si>
   <si>
-    <t>SMNCNZ74D58B300W</t>
-[...1 lines deleted...]
-  <si>
     <t>SIMONI CINZIA</t>
   </si>
   <si>
     <t>EMATOLOGIA, MEDICINA INTERNA</t>
   </si>
   <si>
-    <t>SNLLSN90R05D912H</t>
-[...1 lines deleted...]
-  <si>
     <t>SINELLI ALESSANDRO</t>
   </si>
   <si>
-    <t>SRNDNL65L18E951B</t>
-[...1 lines deleted...]
-  <si>
     <t>SIRONI DANIELE</t>
   </si>
   <si>
-    <t>SLDCRM92M60D869T</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLDAVINI CHIARA</t>
   </si>
   <si>
-    <t>STTRFL72H53L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>SOTTOCASA RAFFAELLA</t>
   </si>
   <si>
-    <t>STTRNN64E71F205X</t>
-[...1 lines deleted...]
-  <si>
     <t>SOTTOCORNO ROSANNA</t>
   </si>
   <si>
-    <t>STLDRD85L04A010L</t>
-[...1 lines deleted...]
-  <si>
     <t>STELLIN EDOARDO</t>
   </si>
   <si>
-    <t>STRFNC83P01G628D</t>
-[...1 lines deleted...]
-  <si>
     <t>STRAMBIO DE CASTILLIA FRANCESCO</t>
   </si>
   <si>
-    <t>TSSGRG57C15F205W</t>
-[...1 lines deleted...]
-  <si>
     <t>TASSAN VIOL GIORGIO</t>
   </si>
   <si>
-    <t>TSTJCP85T27H264D</t>
-[...1 lines deleted...]
-  <si>
     <t>TESTA JACOPO</t>
   </si>
   <si>
-    <t>TNTGRL70M05I819H</t>
-[...1 lines deleted...]
-  <si>
     <t>TONETTI GABRIELE CARLO</t>
   </si>
   <si>
-    <t>TRONDR76B25B300W</t>
-[...1 lines deleted...]
-  <si>
     <t>TORI ANDREA</t>
   </si>
   <si>
-    <t>TRCLCU90R02G273B</t>
-[...1 lines deleted...]
-  <si>
     <t>TRICOLI LUCA</t>
   </si>
   <si>
-    <t>VDLDNC85L41H224T</t>
-[...1 lines deleted...]
-  <si>
     <t>VADALA' DOMENICA</t>
   </si>
   <si>
-    <t>VLCLBT79P43F205P</t>
-[...1 lines deleted...]
-  <si>
     <t>VALCAMONICA ELISABETTA</t>
   </si>
   <si>
-    <t>VLVBRC89A44B201M</t>
-[...1 lines deleted...]
-  <si>
     <t>VALVO BEATRICE</t>
   </si>
   <si>
-    <t>VRNMCR73L52F952V</t>
-[...1 lines deleted...]
-  <si>
     <t>VARINI MARIA CRISTINA</t>
   </si>
   <si>
-    <t>VCCCRR85R67G388J</t>
-[...1 lines deleted...]
-  <si>
     <t>VECCHIO CHIARA ROBERTA</t>
   </si>
   <si>
-    <t>VRNLSN78T50D869V</t>
-[...1 lines deleted...]
-  <si>
     <t>VERNOCCHI ALESSANDRA</t>
   </si>
   <si>
-    <t>VRNSNT64M61D869O</t>
-[...1 lines deleted...]
-  <si>
     <t>VERNOCCHI SIMONETTA</t>
   </si>
   <si>
-    <t>VMRVNT75L48B300S</t>
-[...1 lines deleted...]
-  <si>
     <t>VIMERCATI VALENTINA</t>
   </si>
   <si>
-    <t>VTTNMR64S70G674L</t>
-[...1 lines deleted...]
-  <si>
     <t>VIOTTO ANNA MARIA</t>
   </si>
   <si>
-    <t>VTLPLA82T69B300T</t>
-[...1 lines deleted...]
-  <si>
     <t>VITIELLO PAOLA</t>
   </si>
   <si>
-    <t>ZMPDVD88C21L319Y</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAMPINI DAVIDE</t>
   </si>
   <si>
-    <t>ZNCFNC85D52F205C</t>
-[...1 lines deleted...]
-  <si>
     <t>ZANCHETTIN FRANCESCA</t>
   </si>
   <si>
-    <t>ZNTDNL72E25C933E</t>
-[...1 lines deleted...]
-  <si>
     <t>ZANOTTA DANILO</t>
   </si>
   <si>
-    <t>ZZAMHL77T55M102G</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAZA MICHELA</t>
   </si>
   <si>
-    <t>ZRLCDG63E53B300D</t>
-[...1 lines deleted...]
-  <si>
     <t>ZEROLI CLAUDIA GIUSEPPINA</t>
   </si>
   <si>
-    <t>ZCCLCU83H01A290Q</t>
-[...1 lines deleted...]
-  <si>
     <t>ZOCCHI LUCA</t>
   </si>
   <si>
     <t>C.O.F. LANZO HOSPITAL</t>
   </si>
   <si>
-    <t>CLMNCL60B17F205P</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO NICOLA</t>
   </si>
   <si>
-    <t>MLNVLR84H53D150W</t>
-[...1 lines deleted...]
-  <si>
     <t>EMILIANI VALERIA</t>
   </si>
   <si>
-    <t>FLRPGS55D02C623G</t>
-[...1 lines deleted...]
-  <si>
     <t>FILARDI PIERGIUSEPPE</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA, MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO), MEDICO RSA</t>
   </si>
   <si>
-    <t>LTDMDF80C50Z128A</t>
-[...1 lines deleted...]
-  <si>
     <t>LEITE DE SOUSA MARIA DE FATIMA</t>
   </si>
   <si>
-    <t>LNEMRN72E67C002O</t>
-[...1 lines deleted...]
-  <si>
     <t>LEONE MARIA ERNESTA</t>
   </si>
   <si>
-    <t>LNUSRN74T46B300F</t>
-[...1 lines deleted...]
-  <si>
     <t>LUONI SABRINA</t>
   </si>
   <si>
-    <t>MNNGPP72D19C351H</t>
-[...1 lines deleted...]
-  <si>
     <t>MANNANICI GIUSEPPE</t>
   </si>
   <si>
-    <t>MRTPNG55H26E753T</t>
-[...1 lines deleted...]
-  <si>
     <t>MARTINELLI PIERANGELO</t>
   </si>
   <si>
-    <t>NSTNTN52A04F112Y</t>
-[...1 lines deleted...]
-  <si>
     <t>NASTASI ANTONIO</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO + FASCE ELASTO COMPRESSIVE), MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO)</t>
   </si>
   <si>
     <t>FISPDA - FISPDCOM</t>
   </si>
   <si>
-    <t>RBNMNL62E68E514U</t>
-[...1 lines deleted...]
-  <si>
     <t>RUBINI MANUELA</t>
   </si>
   <si>
-    <t>TRPVLR81R43C710G</t>
-[...7 lines deleted...]
-  <si>
     <t>VALLO GIUSEPPE</t>
   </si>
   <si>
-    <t>ZNTPRZ50D57E444K</t>
-[...1 lines deleted...]
-  <si>
     <t>ZANOTTA PATRIZIA</t>
   </si>
   <si>
     <t>EEPA ALLIANCE MEDICAL DIAGNOSTIC</t>
   </si>
   <si>
     <t>ALLIANCE MEDICAL DIAGNOSTIC SRL</t>
   </si>
   <si>
-    <t>SSLNRF55S02F205O</t>
-[...1 lines deleted...]
-  <si>
     <t>OSSOLA ANDREA FRANCESCO SAVERIO</t>
   </si>
   <si>
     <t>EEPA AMBULATORIO SAN CARLO</t>
   </si>
   <si>
     <t>AMBULATORIO SAN CARLO SAS</t>
   </si>
   <si>
-    <t>CRNRFL59B48C933F</t>
-[...1 lines deleted...]
-  <si>
     <t>CARNEVALE RAFFAELLA</t>
   </si>
   <si>
-    <t>MTTLNZ83P09E063P</t>
-[...1 lines deleted...]
-  <si>
     <t>MOTTA LORENZO AGOSTINO</t>
   </si>
   <si>
     <t>EEPA BORGHI - BREBBIA</t>
   </si>
   <si>
     <t>FOND. GAETANO E PIERA BORGHI - BREBBIA</t>
   </si>
   <si>
-    <t>ZZRCRD73R07L219W</t>
-[...1 lines deleted...]
-  <si>
     <t>AZZARO CORRADO</t>
   </si>
   <si>
-    <t>LZZSNL74A17L319Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LAZZARETTI SIMONE LAZZARO</t>
   </si>
   <si>
-    <t>MNGSNT73C44L682Y</t>
-[...1 lines deleted...]
-  <si>
     <t>MINGARDI SAMANTHA CHIARA</t>
   </si>
   <si>
-    <t>MNTMRA83L46L319U</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTI MARIA</t>
   </si>
   <si>
-    <t>MNTMNG81S70L682G</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTI MARIA ANGELA</t>
   </si>
   <si>
-    <t>RVIFNC43R25D185E</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVA FRANCO</t>
   </si>
   <si>
-    <t>SLSCST68M49L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>SAILIS CRISTINA</t>
   </si>
   <si>
-    <t>SNTRSO72E45L682K</t>
-[...1 lines deleted...]
-  <si>
     <t>SANTILLO ROSA</t>
   </si>
   <si>
-    <t>LBNSNO79E50C933V</t>
-[...1 lines deleted...]
-  <si>
     <t>ALBONICO SONIA</t>
   </si>
   <si>
-    <t>BTTDNT59R22A745Q</t>
-[...1 lines deleted...]
-  <si>
     <t>BETTEGA DONATO</t>
   </si>
   <si>
-    <t>BRMLCN48A17B081G</t>
-[...1 lines deleted...]
-  <si>
     <t>BRAMBILLA LUCIANO</t>
   </si>
   <si>
-    <t>CMSMRZ84A66F205M</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMISASCA MARZIA</t>
   </si>
   <si>
-    <t>DMCGPP70D08H703S</t>
-[...1 lines deleted...]
-  <si>
     <t>D'AMICO GIUSEPPE</t>
   </si>
   <si>
-    <t>DLZMRC63P04H501J</t>
-[...1 lines deleted...]
-  <si>
     <t>DE LAZZARO MARCO</t>
   </si>
   <si>
-    <t>MRLGPP56A02L677I</t>
-[...1 lines deleted...]
-  <si>
     <t>MARELLI GIUSEPPE</t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI), ENDOCRINOLOGIA, ENDOCRINOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
   </si>
   <si>
     <t>ENDO - DIACD - ENDOCD</t>
   </si>
   <si>
-    <t>MLTLRA79R43C933K</t>
-[...1 lines deleted...]
-  <si>
     <t>MOLTENI LAURA</t>
   </si>
   <si>
-    <t>PRRDVD64R30D416Z</t>
-[...1 lines deleted...]
-  <si>
     <t>PARRAVICINI DAVIDE</t>
   </si>
   <si>
-    <t>PLTSFN71M11E507N</t>
-[...1 lines deleted...]
-  <si>
     <t>POLTI STEFANO</t>
   </si>
   <si>
-    <t>PRTNNN61L02B202M</t>
-[...1 lines deleted...]
-  <si>
     <t>PORTALE ANTONINO</t>
   </si>
   <si>
-    <t>SLALNS69R03C933P</t>
-[...1 lines deleted...]
-  <si>
     <t>SALA ALFONSO</t>
   </si>
   <si>
-    <t>SPRPTR73E22E507V</t>
-[...1 lines deleted...]
-  <si>
     <t>SPREAFICO PIETRO</t>
   </si>
   <si>
     <t>EEPA HUMANITAS MATER DOMINI</t>
   </si>
   <si>
     <t>CASA DI CURA MATER DOMINI - CASTELLANZA</t>
   </si>
   <si>
-    <t>RLNVNC83A51L319U</t>
-[...1 lines deleted...]
-  <si>
     <t>ARLANT VERONICA</t>
   </si>
   <si>
-    <t>RMRLGU59C14B300Q</t>
-[...1 lines deleted...]
-  <si>
     <t>ARMIRAGLIO LUIGI</t>
   </si>
   <si>
-    <t>RTSLSS80S52F205O</t>
-[...1 lines deleted...]
-  <si>
     <t>ARTUSO ALESSIA</t>
   </si>
   <si>
-    <t>BZZNLT59M51F205W</t>
-[...1 lines deleted...]
-  <si>
     <t>BAZZONI NICOLETTA</t>
   </si>
   <si>
     <t>DIABETOLOGIA, ENDOCRINOLOGIA(CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO)</t>
   </si>
   <si>
     <t>DIA - ENDCDPDA</t>
   </si>
   <si>
-    <t>BRTCST78H45B041Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BERTONA CRISTINA</t>
   </si>
   <si>
-    <t>BNRCST82M44F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BONORA CRISTINA</t>
   </si>
   <si>
-    <t>CHRDMN85M29H223K</t>
-[...1 lines deleted...]
-  <si>
     <t>CHIARI DAMIANO</t>
   </si>
   <si>
-    <t>CCOJLN75B66B300S</t>
-[...1 lines deleted...]
-  <si>
     <t>COCO JLENIA</t>
   </si>
   <si>
-    <t>FRRDVL65E24F205V</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRANTE DIEGO VALENTINO ANSELMO</t>
   </si>
   <si>
-    <t>FRTFNT78R49A783W</t>
-[...1 lines deleted...]
-  <si>
     <t>FRATTOLILLO FIORENTINA</t>
   </si>
   <si>
-    <t>MDSMRA64L09L682G</t>
-[...1 lines deleted...]
-  <si>
     <t>MODESTI MAURO</t>
   </si>
   <si>
-    <t>PRLBBR83C69L682F</t>
-[...1 lines deleted...]
-  <si>
     <t>PIRALI BARBARA</t>
   </si>
   <si>
-    <t>RNDMRZ51L26I441Z</t>
-[...1 lines deleted...]
-  <si>
     <t>RONDENA MAURIZIO</t>
   </si>
   <si>
-    <t>VLLSNT68L58A794M</t>
-[...1 lines deleted...]
-  <si>
     <t>VILLA SIMONETTA</t>
   </si>
   <si>
     <t>EEPA LE TERRAZZE - CUNARDO</t>
   </si>
   <si>
     <t>CASA DI CURA LE TERRAZZE - CUNARDO</t>
   </si>
   <si>
-    <t>RRGMTN89D59L319Y</t>
-[...1 lines deleted...]
-  <si>
     <t>ARRIGO MARTINA</t>
   </si>
   <si>
-    <t>BRSNLS66E53L682P</t>
-[...1 lines deleted...]
-  <si>
     <t>BRUSA ANNALISA</t>
   </si>
   <si>
-    <t>DMRNNL57D43A429L</t>
-[...1 lines deleted...]
-  <si>
     <t>DE MARCHI ANTONELLA</t>
   </si>
   <si>
-    <t>FNTMRA73B10L682R</t>
-[...1 lines deleted...]
-  <si>
     <t>FANTONI MAURO</t>
   </si>
   <si>
     <t xml:space="preserve"> OTORINOLARINGOIATRIA CENTRO DI PRESCRIZIONE, OTORINOLARINGOIATRIA GENERICA</t>
   </si>
   <si>
     <t xml:space="preserve">OTO - OTOCP </t>
   </si>
   <si>
-    <t>FRRMRT86H64D969D</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRANDO MARTA</t>
   </si>
   <si>
-    <t>FRNVGS57P07D946F</t>
-[...1 lines deleted...]
-  <si>
     <t>FRANZETTI IVANO GIUSEPPE</t>
   </si>
   <si>
-    <t>GFFPLA68S51L682B</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFFANTI PAOLA</t>
   </si>
   <si>
-    <t>LTTRRL73A44A028Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LEOTTA ROSARIA ALBA MARIA GRAZIA</t>
   </si>
   <si>
-    <t>NSLRFL70S53L319I</t>
-[...1 lines deleted...]
-  <si>
     <t>NISOLI RAFFAELLA</t>
   </si>
   <si>
-    <t>PCCNNN67H48H037Q</t>
-[...1 lines deleted...]
-  <si>
     <t>PACICO ANNA ANNITA</t>
   </si>
   <si>
-    <t>PNDLRA68L51L682J</t>
-[...1 lines deleted...]
-  <si>
     <t>PENDOLINO LAURA</t>
   </si>
   <si>
     <t>EEPA MOLINA - VARESE</t>
   </si>
   <si>
     <t>FOND. F.LLI PAOLO E TITTO MOLINA ONLUS</t>
   </si>
   <si>
-    <t>DSTMGR46M47F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>DI STEFANO MARIAGRAZIA</t>
   </si>
   <si>
-    <t>TNNFNC83T46D869W</t>
-[...1 lines deleted...]
-  <si>
     <t>TONINI FRANCESCA</t>
   </si>
   <si>
     <t>EEPA MULTIMEDICA CASTELLANZA</t>
   </si>
   <si>
     <t>CASA DI CURA SANTA MARIA - CASTELLANZA</t>
   </si>
   <si>
-    <t>BLTPRZ68L68A429B</t>
-[...1 lines deleted...]
-  <si>
     <t>BELOTTI PATRIZIA</t>
   </si>
   <si>
-    <t>CNNDNL92S20F205D</t>
-[...1 lines deleted...]
-  <si>
     <t>CANNAVARO DANIELE</t>
   </si>
   <si>
-    <t>CNZMRC75C14B300F</t>
-[...1 lines deleted...]
-  <si>
     <t>CANZIANI MARCO</t>
   </si>
   <si>
-    <t>CPPLSE80T49G273D</t>
-[...1 lines deleted...]
-  <si>
     <t>CIPPONERI ELISA</t>
   </si>
   <si>
-    <t>CSNCLD89M05E514I</t>
-[...1 lines deleted...]
-  <si>
     <t>CUSINI CLAUDIO</t>
   </si>
   <si>
-    <t>GLLNNA87D56A773R</t>
-[...1 lines deleted...]
-  <si>
     <t>GALLO ANNA</t>
   </si>
   <si>
-    <t>LDOMRA65C04I790D</t>
-[...1 lines deleted...]
-  <si>
     <t>LODI MARIO</t>
   </si>
   <si>
-    <t>MRCNNA81T42B300V</t>
-[...1 lines deleted...]
-  <si>
     <t>MERCURIALI ANNA</t>
   </si>
   <si>
-    <t>PLAFNC80D66E514M</t>
-[...1 lines deleted...]
-  <si>
     <t>PALA FRANCESCA</t>
   </si>
   <si>
     <t>EEPA VILLA APRICA - COMO</t>
   </si>
   <si>
     <t>IST.CLINICO VILLA APRICA SPA-COMO</t>
   </si>
   <si>
-    <t>DMRFRZ62D18F205C</t>
-[...1 lines deleted...]
-  <si>
     <t>DE MARCHI FABRIZIO</t>
   </si>
   <si>
-    <t>FRNFNC56T20C933Q</t>
-[...1 lines deleted...]
-  <si>
     <t>FIORENTINI FRANCO</t>
   </si>
   <si>
-    <t>GRMRCE82E44C933W</t>
-[...1 lines deleted...]
-  <si>
     <t>GIROMINI ERICA</t>
   </si>
   <si>
-    <t>LVSLGU60T05C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>LOVISETTI LUIGI</t>
   </si>
   <si>
-    <t>MSCDSM55D59C933W</t>
-[...1 lines deleted...]
-  <si>
     <t>MASCHERONI DORIS MARIA</t>
   </si>
   <si>
-    <t>MLTLRT57A20F205Y</t>
-[...1 lines deleted...]
-  <si>
     <t>MOLTENI ALBERTO</t>
   </si>
   <si>
-    <t>NSPRRT66T63C933K</t>
-[...1 lines deleted...]
-  <si>
     <t>NESPOLI ROBERTA</t>
   </si>
   <si>
     <t xml:space="preserve">ORTOPEDIA E TRAUMATOLOGIA, </t>
   </si>
   <si>
-    <t>QNTTYM65P45Z504T</t>
-[...1 lines deleted...]
-  <si>
     <t>QUINTANA TANIA YAMILE</t>
   </si>
   <si>
-    <t>TRRRCE84R70B639O</t>
-[...1 lines deleted...]
-  <si>
     <t>TERRAGNI ERICA</t>
   </si>
   <si>
-    <t>TRZCLR78E57C933K</t>
-[...1 lines deleted...]
-  <si>
     <t>TERZAGHI CLARA</t>
   </si>
   <si>
     <t>POLIAMBULATORIO CASA DI CURA VILLA S.GIUSEPPE</t>
   </si>
   <si>
     <t>CASA DI CURA VILLA S. GIUSEPPE-ANZANO DEL PARCO POLIAMBULATORIO CASA DI CURA VILLA S.GIUSEPPE</t>
   </si>
   <si>
-    <t>BNNFNC53D01F061R</t>
-[...1 lines deleted...]
-  <si>
     <t>BENENATI FRANCESCO</t>
   </si>
   <si>
-    <t>CPPDNL79P58E063Y</t>
-[...1 lines deleted...]
-  <si>
     <t>CEPPI DANIELA</t>
   </si>
   <si>
     <t>CASA DI CURA VILLA S. GIUSEPPE-ANZANO DEL PARCO</t>
   </si>
   <si>
-    <t>GLBMNN81D50E507I</t>
-[...1 lines deleted...]
-  <si>
     <t>GALBIATI MARIANNA</t>
   </si>
   <si>
-    <t>GHDCHR78H70F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>GHIDINELLI CHIARA</t>
   </si>
   <si>
-    <t>MGLLRT51P09G388O</t>
-[...1 lines deleted...]
-  <si>
     <t>MIGLIAVACCA ALBERTO</t>
   </si>
   <si>
     <t xml:space="preserve">CASA DI CURA VILLA S. GIUSEPPE-ANZANO DEL PARCO  </t>
   </si>
   <si>
-    <t>MNGMLS77C55I754K</t>
-[...1 lines deleted...]
-  <si>
     <t>MINGOIA MARIELISA</t>
   </si>
   <si>
     <t>NEUR - NEUVMD</t>
   </si>
   <si>
-    <t>SCHLNE79L60D286E</t>
-[...1 lines deleted...]
-  <si>
     <t>SCHIATTI ELIANA</t>
   </si>
   <si>
-    <t>SRDLCN56C04A143F</t>
-[...1 lines deleted...]
-  <si>
     <t>SUARDI LUCIANO</t>
   </si>
   <si>
     <t xml:space="preserve">ISTITUTI CLINICI SCIENTIFICI MAUGERI </t>
   </si>
   <si>
     <t>IRCCS CENTRO MEDICO TRADATE</t>
   </si>
   <si>
-    <t>CRBPQL65D64H485D</t>
-[...7 lines deleted...]
-  <si>
     <t>CONTI SIMONETTA</t>
   </si>
   <si>
-    <t>CNVGPP59D26G187Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CONVERTINO GIUSEPPE</t>
   </si>
   <si>
-    <t>CRSMGR59B63D198O</t>
-[...1 lines deleted...]
-  <si>
     <t>CRESPI MARIA GRAZIA</t>
   </si>
   <si>
-    <t>DLLSRN79D44I829B</t>
-[...1 lines deleted...]
-  <si>
     <t>DELLA PATRONA SABRINA</t>
   </si>
   <si>
-    <t>GRGGDM63B02L682E</t>
-[...1 lines deleted...]
-  <si>
     <t>GIORGETTI GIANDOMENICO</t>
   </si>
   <si>
-    <t>LPRNTN59A17E471Y</t>
-[...1 lines deleted...]
-  <si>
     <t>LAPORTA ANTONIO</t>
   </si>
   <si>
-    <t>LCTFBN77C59L682C</t>
-[...1 lines deleted...]
-  <si>
     <t>LOCATELLI FABIANA</t>
   </si>
   <si>
     <t>MEDICINA INTERNA ENDOCRINOLOGIA</t>
   </si>
   <si>
-    <t>MCCNGL70S52C751X</t>
-[...1 lines deleted...]
-  <si>
     <t>MACCA' ANGELA</t>
   </si>
   <si>
-    <t>MLPCHR89L62L682U</t>
-[...1 lines deleted...]
-  <si>
     <t>MALPETTI CHIARA</t>
   </si>
   <si>
-    <t>NGRFNC87L21F205M</t>
-[...1 lines deleted...]
-  <si>
     <t>NEGRINI FRANCESCO</t>
   </si>
   <si>
-    <t>SNTLCN62C20F205M</t>
-[...1 lines deleted...]
-  <si>
     <t>SANTORO LUCIANO</t>
   </si>
   <si>
-    <t>SPNNTN58S23F205W</t>
-[...1 lines deleted...]
-  <si>
     <t>SPANEVELLO ANTONIO</t>
   </si>
   <si>
-    <t>TFLLMA83E53Z100R</t>
-[...1 lines deleted...]
-  <si>
     <t>TAFILI ALMA</t>
   </si>
   <si>
-    <t>VNNRFL71H44F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>VANINETTI RAFFAELLA</t>
   </si>
   <si>
-    <t>VSCDNI77R67E734W</t>
-[...1 lines deleted...]
-  <si>
     <t>VISCA DINA</t>
   </si>
   <si>
     <t>OSPEDALE VALDUCE</t>
   </si>
   <si>
-    <t>DRNDLA59C42G337Q</t>
-[...1 lines deleted...]
-  <si>
     <t>ADORNI ADELE</t>
   </si>
   <si>
-    <t>BRTNLL66L02F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>BERETTA ANGELO ALESSANDRO MA</t>
   </si>
   <si>
-    <t>BSNSLL75C47F205M</t>
-[...1 lines deleted...]
-  <si>
     <t>BESANA CIANI ISABELLA</t>
   </si>
   <si>
-    <t>BNDDVD86B06D416A</t>
-[...1 lines deleted...]
-  <si>
     <t>BINDA DAVIDE</t>
   </si>
   <si>
-    <t>BRMMNL64H58C139I</t>
-[...1 lines deleted...]
-  <si>
     <t>BRAMBILLA EMANUELA</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA, MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO + FASCE ELASTO COMPRESSIVE), MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO)</t>
   </si>
   <si>
-    <t>CNNGNN83E28A717I</t>
-[...1 lines deleted...]
-  <si>
     <t>CANNAVIELLO GIOVANNI</t>
   </si>
   <si>
-    <t>CNBSML77P45C933M</t>
-[...1 lines deleted...]
-  <si>
     <t>CANOBBIO SAMUELA</t>
   </si>
   <si>
-    <t>CNTSMN84T45B639T</t>
-[...1 lines deleted...]
-  <si>
     <t>CANTALUPPI SIMONA</t>
   </si>
   <si>
     <t>OSTETRICIA E GINECOLOGIA, UROLOGIA</t>
   </si>
   <si>
-    <t>CRGNNA71H64I441L</t>
-[...1 lines deleted...]
-  <si>
     <t>CARUGATI ANNA</t>
   </si>
   <si>
-    <t>CSRCLL62D59C933B</t>
-[...1 lines deleted...]
-  <si>
     <t>CASARTELLI CLELIA</t>
   </si>
   <si>
-    <t>CVLLSS83A69C751P</t>
-[...1 lines deleted...]
-  <si>
     <t>CAVALLI ELENA SUSANNA</t>
   </si>
   <si>
     <t>OCULISTICA (OCULISTICA CENTRO IPOVISIONE)</t>
   </si>
   <si>
-    <t>CZZMRZ61C19F704Q</t>
-[...1 lines deleted...]
-  <si>
     <t>CAZZANIGA MAURIZIO</t>
   </si>
   <si>
-    <t>CHCNLT64R64F205O</t>
-[...1 lines deleted...]
-  <si>
     <t>CHECCARELLI NICOLETTA</t>
   </si>
   <si>
     <t>NEUROLOGIA, NEUROLOGIA (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
-    <t>CLRRFL71S60C933F</t>
-[...1 lines deleted...]
-  <si>
     <t>CLERICI RAFFAELLA</t>
   </si>
   <si>
-    <t>CLMMRA77A48M052V</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO MARIA</t>
   </si>
   <si>
-    <t>CLZNDR84C19E063O</t>
-[...1 lines deleted...]
-  <si>
     <t>COLZANI ANDREA</t>
   </si>
   <si>
-    <t>DRNSRN73E56L219O</t>
-[...1 lines deleted...]
-  <si>
     <t>DE RANGO SABRINA</t>
   </si>
   <si>
-    <t>DPLGPP83D29L845T</t>
-[...1 lines deleted...]
-  <si>
     <t>DI PALMA GIUSEPPE</t>
   </si>
   <si>
-    <t>DRUMRA59M56C933X</t>
-[...1 lines deleted...]
-  <si>
     <t>DURO MARIA</t>
   </si>
   <si>
-    <t>FRNNCI74C24G009L</t>
-[...1 lines deleted...]
-  <si>
     <t>FARINA NICO</t>
   </si>
   <si>
-    <t>FLSGRG60P24F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>FELISARI GIORGIO</t>
   </si>
   <si>
-    <t>FRRSFN89S08F704Q</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRARIO STEFANO</t>
   </si>
   <si>
-    <t>GBRNTN66E15G062W</t>
-[...1 lines deleted...]
-  <si>
     <t>GABRIELE ANTONIO</t>
   </si>
   <si>
-    <t>GFFMRN65D61C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>GAFFURI MARINA</t>
   </si>
   <si>
-    <t>GRDNGL79A14C933S</t>
-[...1 lines deleted...]
-  <si>
     <t>GARDELLINI ANGELO</t>
   </si>
   <si>
-    <t>GSPGLI65L31G535M</t>
-[...1 lines deleted...]
-  <si>
     <t>GASPERINI GIULIO</t>
   </si>
   <si>
-    <t>GCCFNZ62T29I641X</t>
-[...1 lines deleted...]
-  <si>
     <t>GIACCI FIORENZO</t>
   </si>
   <si>
-    <t>GVNCHR76S70A794O</t>
-[...1 lines deleted...]
-  <si>
     <t>GIOVANZANA CHIARA</t>
   </si>
   <si>
-    <t>GRLSLV93C54B300B</t>
-[...1 lines deleted...]
-  <si>
     <t>GIROLA SILVIA</t>
   </si>
   <si>
-    <t>GRNMRZ60M15A757B</t>
-[...1 lines deleted...]
-  <si>
     <t>GRANDI MAURIZIO</t>
   </si>
   <si>
-    <t>LNDCLV60A14C732A</t>
-[...1 lines deleted...]
-  <si>
     <t>LANDONI CARLO VITTORIO</t>
   </si>
   <si>
-    <t>LNFMRZ62B15L304D</t>
-[...1 lines deleted...]
-  <si>
     <t>LANFRANCHI MAURIZIO</t>
   </si>
   <si>
-    <t>LNZNCL92B05E205X</t>
-[...1 lines deleted...]
-  <si>
     <t>LANZO NICOLA</t>
   </si>
   <si>
     <t>DIABETOLOGIA, ENDOCRINOLOGIA(CENTRO DIABETOLOGICO-MICROINFUSORI ), MEDICINA INTERNA</t>
   </si>
   <si>
-    <t>LPRLGU80B13C933D</t>
-[...1 lines deleted...]
-  <si>
     <t>LIPARULO LUIGI</t>
   </si>
   <si>
-    <t>LRNCHR77P57G888W</t>
-[...1 lines deleted...]
-  <si>
     <t>LORENZON CHIARA</t>
   </si>
   <si>
-    <t>MNDGNN71A68B081B</t>
-[...1 lines deleted...]
-  <si>
     <t>MANDELLI GIOVANNA</t>
   </si>
   <si>
-    <t>MLTFNC56L13B639L</t>
-[...1 lines deleted...]
-  <si>
     <t>MOLTENI FRANCO</t>
   </si>
   <si>
-    <t>PGGSLV77C59B639G</t>
-[...1 lines deleted...]
-  <si>
     <t>PAGGI SILVIA</t>
   </si>
   <si>
-    <t>PNTRHL90D42E951M</t>
-[...1 lines deleted...]
-  <si>
     <t>PENATI RACHELE</t>
   </si>
   <si>
-    <t>PRCNDR70H16F205F</t>
-[...1 lines deleted...]
-  <si>
     <t>PERICELLI ANDREA</t>
   </si>
   <si>
-    <t>PNLDVD72B10H264G</t>
-[...1 lines deleted...]
-  <si>
     <t>PIANALTO DAVIDE</t>
   </si>
   <si>
     <t>EMATOLOGIA - ONCOLOGIA</t>
   </si>
   <si>
     <t>EMA - ONC</t>
   </si>
   <si>
-    <t>PRTFBA73P10F205J</t>
-[...1 lines deleted...]
-  <si>
     <t>PROIETTI FABIO</t>
   </si>
   <si>
-    <t>PTRNNL82R63H224J</t>
-[...1 lines deleted...]
-  <si>
     <t>PUTORTI' ANTONELLA</t>
   </si>
   <si>
-    <t>RDLFNC67H28C933F</t>
-[...1 lines deleted...]
-  <si>
     <t>RADAELLI FRANCO</t>
   </si>
   <si>
-    <t>RSTNLG62S68D969M</t>
-[...1 lines deleted...]
-  <si>
     <t>RESTA ANNA OLGA GIUSEPPINA</t>
   </si>
   <si>
-    <t>RBSLSN91D30F205J</t>
-[...1 lines deleted...]
-  <si>
     <t>ROBUSTELLI ALESSANDRO</t>
   </si>
   <si>
-    <t>RSLRCR58S23F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>ROESEL RICCARDO</t>
   </si>
   <si>
-    <t>RNCVTR57C20B346D</t>
-[...1 lines deleted...]
-  <si>
     <t>RONCORONI VITTORIO</t>
   </si>
   <si>
-    <t>RNDMNL74P27A794T</t>
-[...1 lines deleted...]
-  <si>
     <t>RONDONOTTI EMANUELE</t>
   </si>
   <si>
     <t>ROSSI FABRIZIO</t>
   </si>
   <si>
-    <t>RSSVLR56M09C933P</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSSINI VALERIO</t>
   </si>
   <si>
-    <t>RCKLBT64L43Z133H</t>
-[...1 lines deleted...]
-  <si>
     <t>RUCKSTUHL ELISABETTA</t>
   </si>
   <si>
-    <t>SCCVTR77L44B639W</t>
-[...1 lines deleted...]
-  <si>
     <t>SACCA' VITTORIA</t>
   </si>
   <si>
-    <t>SBRSLV89M52D773Y</t>
-[...1 lines deleted...]
-  <si>
     <t>SBARDELLA SILVIA</t>
   </si>
   <si>
-    <t>SCGGNN55S24A783L</t>
-[...1 lines deleted...]
-  <si>
     <t>SCOGNAMIGLIO GIOVANNI</t>
   </si>
   <si>
-    <t>SRMLCU65D22C933U</t>
-[...1 lines deleted...]
-  <si>
     <t>SORMANI LUCA</t>
   </si>
   <si>
-    <t>SPCLSN77A08L049T</t>
-[...1 lines deleted...]
-  <si>
     <t>SPECCHIA ALESSANDRO</t>
   </si>
   <si>
-    <t>TNACRD58R11C933A</t>
-[...1 lines deleted...]
-  <si>
     <t>TAIANA CORRADO</t>
   </si>
   <si>
-    <t>TRRNLM67S47F205Q</t>
-[...1 lines deleted...]
-  <si>
     <t>TERRENI NATALIA MARIA LUISA</t>
   </si>
   <si>
-    <t>TLDNNA68S52B639U</t>
-[...1 lines deleted...]
-  <si>
     <t>TOLDI ANNA</t>
   </si>
   <si>
-    <t>TRNMRC67A10B300D</t>
-[...1 lines deleted...]
-  <si>
     <t>TORNO MARCO</t>
   </si>
   <si>
-    <t>TRRMRA80M22F205W</t>
-[...1 lines deleted...]
-  <si>
     <t>TURRINI MAURO</t>
   </si>
   <si>
-    <t>VSLSRN74P49D416S</t>
-[...1 lines deleted...]
-  <si>
     <t>VASILE SABRINA</t>
   </si>
   <si>
-    <t>VSCSLV66D09E151E</t>
-[...1 lines deleted...]
-  <si>
     <t>VISCHI SILVIO</t>
   </si>
   <si>
-    <t>ZNRMHL68P01L682T</t>
-[...1 lines deleted...]
-  <si>
     <t>ZANARDO MICHEL</t>
   </si>
   <si>
     <t>SYNLAB ITALIA SRL</t>
   </si>
   <si>
-    <t>CSPDIA51S41C933H</t>
-[...1 lines deleted...]
-  <si>
     <t>CASPANI  IDA</t>
   </si>
   <si>
-    <t>LMNMRC86L09F133T</t>
-[...1 lines deleted...]
-  <si>
     <t>LIMONTA MARCO</t>
   </si>
   <si>
-    <t>MRTMTT81T11I819W</t>
-[...1 lines deleted...]
-  <si>
     <t>MARTIGNONI MATTEO</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>ausili per minori con gravi disabilità</t>
   </si>
   <si>
     <t>Ventilazione Meccanica Domiciliare (VMD)</t>
   </si>
   <si>
-    <t>LNZMRA91C04L682O</t>
-[...1 lines deleted...]
-  <si>
     <t>ALZANI MAURO</t>
   </si>
   <si>
     <t>OSP FELICE VILLA MARIANO COMENSE</t>
   </si>
   <si>
     <t>ausili per minori con gravi disabilità -Ventilazione Meccanica Domiciliare (VMD)</t>
   </si>
   <si>
     <t>OSPEDALE S. ANTONIO ABATE - CANTU'</t>
   </si>
   <si>
     <t>Ventilazione Meccanica Domiciliare (VMD) - centro OSAS</t>
   </si>
   <si>
     <t>OSPEDALE S. ANTONIO ABATE - CANTU' - OSP FELICE VILLA MARIANO COMENSE</t>
   </si>
   <si>
     <t>CASA DI COMUNITà HUB VIA NAPOLEONA</t>
   </si>
   <si>
     <t>protesi acustiche</t>
   </si>
   <si>
     <t>OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA</t>
   </si>
   <si>
     <t>protesi d'arto</t>
   </si>
   <si>
     <t>BOTTINI PAOLA</t>
   </si>
   <si>
-    <t>BRNNNA87R56A944C</t>
-[...1 lines deleted...]
-  <si>
     <t>BRANDOLINI ANNA</t>
   </si>
   <si>
-    <t>CRLLSE86H42D286F</t>
-[...1 lines deleted...]
-  <si>
     <t>CAIROLI ELISA</t>
   </si>
   <si>
     <t>OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA - CASA DI COMUNITà HUB VIA NAPOLEONA</t>
   </si>
   <si>
-    <t xml:space="preserve">OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA </t>
-[...1 lines deleted...]
-  <si>
     <t>Cattaneo Augusto</t>
   </si>
   <si>
     <t>OTORINOLARINGOIATRA</t>
   </si>
   <si>
     <t>microinfusori e piede diabetico</t>
   </si>
   <si>
     <t>OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA  - OSP SANT'ANTONIO ABATE CANTù</t>
   </si>
   <si>
-    <t>OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA 
-[...5 lines deleted...]
-  <si>
     <t>DE PASQUALE ALESSANDRA</t>
   </si>
   <si>
     <t>microinfusori</t>
   </si>
   <si>
-    <t>FRALCU84D01C623T</t>
-[...1 lines deleted...]
-  <si>
     <t>FAORO LUCA</t>
   </si>
   <si>
     <t>OSPEDALE SANT'ANNA - SAN FERMO DELLA BATTAGLIA</t>
   </si>
   <si>
     <t>OSPEDALE S. ANNA - COMO + COT</t>
   </si>
   <si>
-    <t>LPRGPP92A06F892Y</t>
-[...1 lines deleted...]
-  <si>
     <t>LA PORTA GIUSEPPE</t>
   </si>
   <si>
     <t xml:space="preserve">MEDICINA FISICA E RIABILITATIVA </t>
   </si>
   <si>
-    <t>MRGSFN88L05A290X</t>
-[...1 lines deleted...]
-  <si>
     <t>MARGHERINI STEFANO</t>
   </si>
   <si>
-    <t>MSCMNL90M09F119P</t>
-[...1 lines deleted...]
-  <si>
     <t>MASCHERPA EMANUELE</t>
   </si>
   <si>
-    <t>MRCMTN90L65C933A</t>
-[...1 lines deleted...]
-  <si>
     <t>MERCURI MARTINA</t>
   </si>
   <si>
-    <t>MLTMRC89H19C933J</t>
-[...1 lines deleted...]
-  <si>
     <t>MOLTENI MARCO</t>
   </si>
   <si>
     <t>Riabilitazione visiva funzionale</t>
   </si>
   <si>
-    <t>PLAGPP93L20C286W</t>
-[...1 lines deleted...]
-  <si>
     <t>PAOLA GIUSEPPE</t>
   </si>
   <si>
     <t>OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA - OSP ERBA RENALDI MENAGGIO -CASA DI COMUNITà HUB VIA NAPOLEONA</t>
   </si>
   <si>
-    <t>UNICO PRESIDIO MARIANO CANTU'</t>
-[...4 lines deleted...]
-  <si>
     <t>PELITTI VALENTINA</t>
   </si>
   <si>
-    <t>PPLGCM92A15G712I</t>
-[...1 lines deleted...]
-  <si>
     <t>POPOLIZIO GIACOMO</t>
   </si>
   <si>
-    <t>PRVVNT92D45C351V</t>
-[...1 lines deleted...]
-  <si>
     <t>PRIVITERA VALENTINA</t>
   </si>
   <si>
-    <t>OSP SANT'ANTONIO ABATE CANTù</t>
-[...4 lines deleted...]
-  <si>
     <t>SCHIAVO GLORIA</t>
   </si>
   <si>
-    <t>TBDNCL89C24F943O</t>
-[...1 lines deleted...]
-  <si>
     <t>Tandurella Nicolò</t>
   </si>
   <si>
     <t>OSPEDALE SANT'ANNA - SAN FERMO DELLA BATTAGLIA - CASA DI COMUNITà HUB VIA NAPOLEONA</t>
   </si>
   <si>
     <t>VISCONTI ELENONORA</t>
   </si>
   <si>
-    <t>OSPEDALE GALMARINI TRADATE</t>
-[...4 lines deleted...]
-  <si>
     <t>cure palliative</t>
   </si>
   <si>
     <t>OSPEDALE GALMARINI - TRADATE </t>
   </si>
   <si>
     <t>DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI-PIEDE DIABETICO)</t>
   </si>
   <si>
     <t xml:space="preserve"> DIACDPDA</t>
   </si>
   <si>
     <t xml:space="preserve"> MEDICINA FISICA E RIABILITATIVA</t>
   </si>
   <si>
     <t>PNEUMOLOGIA, MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
     <t>PNEUMO - RESVMD</t>
   </si>
   <si>
     <t xml:space="preserve">RESVMD </t>
   </si>
   <si>
-    <t>CRVMCR90H68H579V</t>
-[...1 lines deleted...]
-  <si>
     <t>CERVAROLO MARIA CRISTINA</t>
   </si>
   <si>
-    <t>OSPEDALE F. DEL PONTE - OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI</t>
-[...4 lines deleted...]
-  <si>
     <t>CLEMENTI ILARIA</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI + PIEDE DIABETICO)</t>
   </si>
   <si>
-    <t>CDNLSE91S64M052X</t>
-[...1 lines deleted...]
-  <si>
     <t>protesi acustiche e impianti cocleari</t>
   </si>
   <si>
-    <t>DMCLRI81A41F205V</t>
-[...1 lines deleted...]
-  <si>
     <t>D'AMICO ILARIA</t>
   </si>
   <si>
-    <t>DMRFLV90L56F839U</t>
-[...1 lines deleted...]
-  <si>
     <t>DI MARO FLAVIA</t>
   </si>
   <si>
-    <t>FRNMRC83H19D869A</t>
-[...1 lines deleted...]
-  <si>
     <t>FRANCHIN MARCO</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE - CHIRURGIA TORACICA</t>
   </si>
   <si>
     <t>CHI - CHITOR</t>
   </si>
   <si>
     <t xml:space="preserve"> PED</t>
   </si>
   <si>
-    <t>MRGDDG64S30C004J</t>
-[...4 lines deleted...]
-  <si>
     <t>MAURI FRANCESCA</t>
   </si>
   <si>
-    <t>PRRDNL90S53F133S</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> PEDIATRIA</t>
   </si>
   <si>
     <t>OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI - OSPEDALE F. DEL PONTE - VARESE</t>
   </si>
   <si>
-    <t>PTRRHL92D47F952G</t>
-[...1 lines deleted...]
-  <si>
     <t>PATRIARCA RACHELE</t>
   </si>
   <si>
     <t>PFFGRL74H05C933A</t>
   </si>
   <si>
     <t>PIFFARETTI GABRIELE</t>
   </si>
   <si>
-    <t>RVLNCL78M08H264V</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVOLTA NICOLA</t>
   </si>
   <si>
-    <t>SLIGRG92B13A794Y</t>
-[...1 lines deleted...]
-  <si>
     <t>Centro Sindrome apnee ostruttive del sonno e patologie sonno correlate (OSAS)</t>
   </si>
   <si>
-    <t xml:space="preserve"> PNEUMO </t>
-[...4 lines deleted...]
-  <si>
     <t>SYKOPETRITES VITTORIA</t>
   </si>
   <si>
     <t>OTORINOLARINGOIATRA - OTORINOLARINGOIATRIA (IMPIANTI COCLEARI)</t>
   </si>
   <si>
-    <t>TZZMTT76C21H501B</t>
-[...1 lines deleted...]
-  <si>
     <t>TOZZI MATTEO</t>
   </si>
   <si>
-    <t>VNZLSE89T48I441D</t>
-[...1 lines deleted...]
-  <si>
     <t>VANZULLI ELISA</t>
   </si>
   <si>
-    <t>GSTNDR89S06C745T</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">OSP. S. ANTONIO ABATE - GALLARATE </t>
   </si>
   <si>
     <t xml:space="preserve"> OTORINOLARINGOIATRIA GENERICA</t>
   </si>
   <si>
     <t xml:space="preserve">OTO </t>
   </si>
   <si>
     <t>ausili per minori con gravi disabilità - protesi d'arto</t>
   </si>
   <si>
     <t>OSP. S. ANTONIO ABATE - GALLARATE - OSP. A BELLINI - SOMMA L.DO</t>
   </si>
   <si>
     <t>Centro di cura piede diabetico</t>
   </si>
   <si>
-    <t xml:space="preserve">OSP. DI CIRCOLO - BUSTO ARSIZIO </t>
-[...4 lines deleted...]
-  <si>
     <t>CASTIGLIONI ELENA</t>
   </si>
   <si>
-    <t>CLMCHR79C69I441T</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO CHIARA</t>
   </si>
   <si>
     <t xml:space="preserve"> MEDICINA INTERNA</t>
   </si>
   <si>
     <t>MDI - RESVMD</t>
   </si>
   <si>
-    <t>LEOMLR92B46G751S</t>
-[...1 lines deleted...]
-  <si>
     <t>LEO MARIA LAURA</t>
   </si>
   <si>
-    <t>OSP. S. ANTONIO ABATE - GALLARATE - OSPEDALE CARLO ONDOLI - ANGERA</t>
-[...4 lines deleted...]
-  <si>
     <t>MARONI LORENZO</t>
   </si>
   <si>
     <t>OSP. GENERALE PROVINCIALE - SARONNO - CASA DI COMUNITA' DI SARONNO</t>
   </si>
   <si>
-    <t>RVLVLR82P42I441Z</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVOLTA VALERIA</t>
   </si>
   <si>
-    <t>SCGGUO65M09F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>SCAGLIETTI UGO</t>
   </si>
   <si>
-    <t>BRBNRC62A28E625J</t>
-[...1 lines deleted...]
-  <si>
     <t>BARBARA ENRICO</t>
   </si>
   <si>
-    <t>BSLVRE79P57F205Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BASILICO VERA</t>
   </si>
   <si>
     <t xml:space="preserve">DIA </t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE - CHIRURGIA GENERALE - STOMIE</t>
   </si>
   <si>
     <t>CHI+STOMIE</t>
   </si>
   <si>
     <t>centro stomie</t>
   </si>
   <si>
-    <t>BVODVD86L26H834C</t>
-[...1 lines deleted...]
-  <si>
     <t>BOVA DAVIDE</t>
   </si>
   <si>
-    <t>LCNNNA79L62L483F</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCINI ANNA</t>
   </si>
   <si>
-    <t>MGNCRL65S26E094H</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGNANI CARLO</t>
   </si>
   <si>
     <t>MEDICINA GENERALE</t>
   </si>
   <si>
     <t xml:space="preserve">ORT </t>
   </si>
   <si>
-    <t>MRNMZR61R23I409W</t>
-[...1 lines deleted...]
-  <si>
     <t>MORONI MAURIZIO RENATO</t>
   </si>
   <si>
-    <t>NCCMRT69L70F205V</t>
-[...1 lines deleted...]
-  <si>
     <t>NUCCA OMBRETTA</t>
   </si>
   <si>
-    <t>PCNCSR69P22B300V</t>
-[...1 lines deleted...]
-  <si>
     <t>PICENNI CESARE</t>
   </si>
   <si>
-    <t>PLTMRC82E04B157I</t>
-[...1 lines deleted...]
-  <si>
     <t>PLATTO MARCO</t>
   </si>
   <si>
-    <t>RVGMRC74B13E507Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ROVAGNATI MARCO</t>
   </si>
   <si>
-    <t>VTOPLA77M19D969S</t>
-[...1 lines deleted...]
-  <si>
     <t>VOTA PAOLO</t>
   </si>
   <si>
     <t>EEPA KOS CARE S.R.L.</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITATIVA, MEDICINA FISICA E RIABILITATIVA (PROTESI D'ARTO</t>
   </si>
   <si>
     <t>CASA DI CURA LE TERRAZZE CUNARDO E "LE TERRAZZE" (AMBULATORIO)</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE- stomie</t>
   </si>
   <si>
     <t>CHISTO</t>
   </si>
   <si>
-    <t>CZZFRC54P11F205I</t>
-[...1 lines deleted...]
-  <si>
     <t>COZZAGLIO FEDERICO</t>
   </si>
   <si>
-    <t>NGLFBA73E14D653A</t>
-[...1 lines deleted...]
-  <si>
     <t>ANGELI FABIO</t>
   </si>
   <si>
-    <t>CLZMRA53A06F205K</t>
-[...1 lines deleted...]
-  <si>
     <t>CALZOLARI MAURO</t>
   </si>
   <si>
-    <t>FRRGRG68P09L741H</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRIERO GIORGIO</t>
   </si>
   <si>
     <t>MDI - ENDO</t>
   </si>
   <si>
     <t>OSPEDALE DI ERBA S.R.L.</t>
   </si>
   <si>
     <t xml:space="preserve"> NEUROLOGIA, NEUROLOGIA (VENTILAZIONE MECCANICA DOMICILIARE)</t>
   </si>
   <si>
     <t>GIN - URO</t>
   </si>
   <si>
     <t>DIA - ENDOCD- MDI</t>
   </si>
   <si>
-    <t>MSSVNI79P19C933Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MESSINEO IVAN</t>
   </si>
   <si>
     <t>centro di prescrizione</t>
   </si>
   <si>
-    <t>CHNDRA93D12L682P</t>
-[...1 lines deleted...]
-  <si>
     <t>CHINETTI CLAUDIO</t>
   </si>
   <si>
     <t xml:space="preserve">OSPEDALE SANT'ANNA SAN FERMO DELLA BATTAGLIA -OSPEDALE S. ANTONIO ABATE - CANTU' </t>
   </si>
   <si>
-    <t>CZCCLL93B43A785V</t>
-[...1 lines deleted...]
-  <si>
     <t>CZACZKES ERCOLINI CAMILLA</t>
   </si>
   <si>
-    <t>GFFFNC92D70L682H</t>
-[...1 lines deleted...]
-  <si>
     <t>GIFFONI FRANCESCA</t>
   </si>
   <si>
     <t>PEDIATRIA (CENTRO DIABETOLOGICO MICROINFUSORI) - STOMIE</t>
   </si>
   <si>
     <t>PEDCDSTO</t>
   </si>
   <si>
-    <t>MRTNCL90C56B885J</t>
-[...1 lines deleted...]
-  <si>
     <t>MORETTI NICOLE</t>
   </si>
   <si>
-    <t>RSSFRC88H08F839I</t>
-[...1 lines deleted...]
-  <si>
     <t>RUSSO FEDERICO</t>
   </si>
   <si>
-    <t>SLDMTT93T04F205P</t>
-[...1 lines deleted...]
-  <si>
     <t>SALADINI MATTEO</t>
   </si>
   <si>
-    <t>TTNCSN92R67L319S</t>
-[...1 lines deleted...]
-  <si>
     <t>TUTINO CASSANDRA</t>
   </si>
   <si>
-    <t>RHULNI93S63Z138K</t>
-[...1 lines deleted...]
-  <si>
     <t>URH LINA</t>
   </si>
   <si>
-    <t>VNCLSN90E15F704J</t>
-[...1 lines deleted...]
-  <si>
     <t>VINCIGUERRA ALESSANDRO</t>
   </si>
   <si>
-    <t>GHRLNE72R53L682N</t>
-[...1 lines deleted...]
-  <si>
     <t>GHIRINGHELLI ELENA</t>
   </si>
   <si>
-    <t>GHIRURGIA VASCOLARE</t>
-[...7 lines deleted...]
-  <si>
     <t>BELLOMO ANDREA</t>
   </si>
   <si>
-    <t>CSTPRZ79D59I819L</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTANO PATRIZIA</t>
   </si>
   <si>
-    <t>CLMFNC84S71E801P</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO FRANCESCA ANTONIA</t>
   </si>
   <si>
-    <t>LNFGBL93T65D869Y</t>
-[...1 lines deleted...]
-  <si>
     <t>LONGHI FABIOLA</t>
   </si>
   <si>
-    <t>PRNLSN91T08F839X</t>
-[...1 lines deleted...]
-  <si>
     <t>PERNA ALESSANDRO</t>
   </si>
   <si>
     <t>OSP. S. ANTONIO ABATE - GALLARATE  - OSPEDALE DI CIRCOLO - BUSTO ARSIZIO</t>
   </si>
   <si>
-    <t>RDNRFL81D47D869N</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIN RAFFAELLA</t>
   </si>
   <si>
-    <t>RSSFRZ80T226639A</t>
-[...1 lines deleted...]
-  <si>
     <t>CHIRURGIA</t>
   </si>
   <si>
-    <t>SALVADORI DEL PRATO GIULIANO CESARE ROBERTO</t>
-[...4 lines deleted...]
-  <si>
     <t>ZEROLI CHIARA</t>
   </si>
   <si>
-    <t>MRCMSM71P28H264P</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCHESE MASSIMILIANO</t>
   </si>
   <si>
-    <t>CLMSFN69P16E514S</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> COLOMBO STEFANO</t>
   </si>
   <si>
-    <t>MRSSMN79M53E801T</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> MARESCOTTI SIMONA</t>
   </si>
   <si>
-    <t>DPVVTR58A12F205F</t>
-[...1 lines deleted...]
-  <si>
     <t>DA PIEVE VITTORIO</t>
   </si>
   <si>
-    <t>DLLLRA92P48E514N</t>
-[...1 lines deleted...]
-  <si>
     <t>DALLA TORRE LAURA</t>
   </si>
   <si>
     <t>MEDICINA FISICA E RIABILITAZIONE</t>
   </si>
   <si>
-    <t>PNDMRA77A44C351R</t>
-[...1 lines deleted...]
-  <si>
     <t>PANDINO MARIA</t>
   </si>
   <si>
-    <t>PZZLRT62E11B300V</t>
-[...1 lines deleted...]
-  <si>
     <t>POZZATI ALBERTO</t>
   </si>
   <si>
-    <t>GNZCSR64B18C933Y</t>
-[...1 lines deleted...]
-  <si>
     <t>GUANZIROLI CESARE</t>
   </si>
   <si>
-    <t>BRLGDN54H20G461B</t>
-[...1 lines deleted...]
-  <si>
     <t>BARALDO GEDEONE</t>
   </si>
   <si>
-    <t>MSSMRT90S10F205P</t>
-[...1 lines deleted...]
-  <si>
     <t>MASSI UMBERTO</t>
   </si>
   <si>
-    <t>CLMLSS91D22F133W</t>
-[...1 lines deleted...]
-  <si>
     <t>COLOMBO ALESSIO</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
-    <t>MGGLRZ90R57B639S</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGGIONI LUCREZIA</t>
   </si>
   <si>
-    <t>MNTLNR89D44E507T</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTI ELEONORA</t>
   </si>
   <si>
-    <t>GSTDLA94P50A252Z</t>
-[...1 lines deleted...]
-  <si>
     <t>AGOSTINI ADELE</t>
   </si>
   <si>
-    <t>MGTFBA54E12C933E</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGATTI FABIO</t>
   </si>
   <si>
-    <t>SPRCST75T48E507F</t>
-[...1 lines deleted...]
-  <si>
     <t>SPREAFICO CRISTINA</t>
   </si>
   <si>
     <t>GINECOLOGIA ED OSTETRICIA - STOMIE</t>
   </si>
   <si>
     <t>GINSTO</t>
   </si>
   <si>
-    <t>SCLRRT85D60F206V</t>
-[...1 lines deleted...]
-  <si>
     <t>SCOLARO ROBERTA</t>
   </si>
   <si>
     <t>CHIRURGIA GENERALE - STOMIE</t>
   </si>
   <si>
-    <t>NSSDNL57A12F205E</t>
-[...1 lines deleted...]
-  <si>
     <t>NASSIACOS DANIELE</t>
   </si>
   <si>
-    <t>PTTPLG60B20E591B</t>
-[...1 lines deleted...]
-  <si>
     <t>PITTANA PIERLUIGI</t>
   </si>
   <si>
-    <t>STVBBR71P58L424F</t>
-[...1 lines deleted...]
-  <si>
     <t>STIVAL BARBARA</t>
   </si>
   <si>
-    <t>PZZFRM93B10I828U</t>
-[...1 lines deleted...]
-  <si>
     <t>POZZI EFREM</t>
   </si>
   <si>
-    <t>SPSRRT74E43F205R</t>
-[...1 lines deleted...]
-  <si>
     <t>SPASCIAMI ROBERTA</t>
   </si>
   <si>
-    <t>JSTMTT84D28D969S</t>
-[...1 lines deleted...]
-  <si>
     <t>JUSTICH MATTEO</t>
   </si>
   <si>
-    <t>PDCGPP72C14L682E</t>
-[...1 lines deleted...]
-  <si>
     <t>PEDACI GIUSEPPE</t>
   </si>
   <si>
-    <t>BSSMNL70P19L682Y</t>
-[...1 lines deleted...]
-  <si>
     <t>BOSSI EMANUELE</t>
   </si>
   <si>
-    <t>FGLCML66T57B519R</t>
-[...1 lines deleted...]
-  <si>
     <t>FIGLIOLA CARMELA</t>
   </si>
   <si>
-    <t>GDAGNN55R26H224U</t>
-[...1 lines deleted...]
-  <si>
     <t>GAUDIO GIOVANNI VINCENZO</t>
   </si>
   <si>
     <t xml:space="preserve"> OSP. S. ANTONIO ABATE - GALLARATE</t>
   </si>
   <si>
-    <t>GROSNG67M46B300Z</t>
-[...1 lines deleted...]
-  <si>
     <t>GORI SIMONA GIUSEPPINA</t>
   </si>
   <si>
-    <t>BRNCRL81M25E801E</t>
-[...1 lines deleted...]
-  <si>
     <t>BORNACINA CARLO</t>
   </si>
   <si>
     <t>DERMATOLOGIA</t>
   </si>
   <si>
     <t>DERM</t>
   </si>
   <si>
-    <t>PSCNLN61E04A669C</t>
-[...1 lines deleted...]
-  <si>
     <t>PASCAZIO ANGELANTONIO</t>
   </si>
   <si>
-    <t>SGNLBT72B60B300Z</t>
-[...1 lines deleted...]
-  <si>
     <t>SOGNI ELISABETTA</t>
-  </si>
-[...1 lines deleted...]
-    <t>FMGCLD93M44B300J</t>
   </si>
   <si>
     <t>FUMAGALLI CLAUDIA</t>
   </si>
   <si>
     <t>MEDICINA</t>
   </si>
   <si>
     <t xml:space="preserve">MDI
 </t>
   </si>
   <si>
-    <t>VNTVNC95S5OA794D</t>
-[...1 lines deleted...]
-  <si>
     <t>VENTURELLI MONICA</t>
   </si>
   <si>
-    <t>NMAMCH90A64H224N</t>
-[...1 lines deleted...]
-  <si>
     <t>NAIM MARIA CHIARA</t>
   </si>
   <si>
-    <t>NGRFRC93S70D938J</t>
-[...1 lines deleted...]
-  <si>
     <t>NEGRO FEDERICA</t>
   </si>
   <si>
     <t>OSPEDALE GALMARINI - TRADATE</t>
   </si>
   <si>
-    <t>RNDRFL82E41C933C</t>
-[...1 lines deleted...]
-  <si>
     <t>LANDI RAFFAELA</t>
   </si>
   <si>
-    <t>PTTGRD93E05M224S</t>
-[...1 lines deleted...]
-  <si>
     <t>PITITTO GERARDO NICOLA</t>
   </si>
   <si>
-    <t>BLLBRC90E47I441U</t>
-[...1 lines deleted...]
-  <si>
     <t>BELLINI BEATRICE</t>
   </si>
   <si>
-    <t>DLLMRT92P62L682H</t>
-[...1 lines deleted...]
-  <si>
     <t>DALLE FRATTE MARTA</t>
   </si>
   <si>
-    <t>FRRNDR79L02C933N</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRARIO ANDREA</t>
   </si>
   <si>
-    <t>VLLLSN88522A662D</t>
-[...1 lines deleted...]
-  <si>
     <t>AVELLA ALESSANDRO</t>
   </si>
   <si>
-    <t>BRNFNC85B43M082V</t>
-[...1 lines deleted...]
-  <si>
     <t>BRUNINI FRANCESCA</t>
   </si>
   <si>
-    <t>CLCLNR92P44E801B</t>
-[...7 lines deleted...]
-  <si>
     <t>COMOLLI STEFANIA</t>
   </si>
   <si>
-    <t>PRNFNC89H27G878A</t>
-[...1 lines deleted...]
-  <si>
     <t>PERNA FRANCESCO</t>
   </si>
   <si>
-    <t>SCTLCU94B66F205D</t>
-[...1 lines deleted...]
-  <si>
     <t>SCOTTI LUCIA</t>
+  </si>
+  <si>
+    <t>CASATI SERGIO</t>
+  </si>
+  <si>
+    <t>COLO' GABRIELE</t>
+  </si>
+  <si>
+    <t>MARINI GIOVANNA</t>
+  </si>
+  <si>
+    <t>MARTELLO GIORGIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TATTESI GIULIA </t>
+  </si>
+  <si>
+    <t>ALESSANDRA AMBROSINI</t>
+  </si>
+  <si>
+    <t>MEDICINA INTERNA, NEFROLOGIA</t>
+  </si>
+  <si>
+    <t>OSPEDALE DI CIRCOLO - VARESE - OSPEDALE F. DEL PONTE - POLIAMBULATORIO V.LE MONTEROSA</t>
+  </si>
+  <si>
+    <t>APA FRANCESCO</t>
+  </si>
+  <si>
+    <t>OTORINOLARINGOIATRIA (IMPIANTI COCLEARI)</t>
+  </si>
+  <si>
+    <t>OTOIC</t>
+  </si>
+  <si>
+    <t>BANDINI CRISTINA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANESTESIA E RIANIMAZIONE </t>
+  </si>
+  <si>
+    <t>BARASSI CLAUDIA</t>
+  </si>
+  <si>
+    <t>BASCIALLA LINDA</t>
+  </si>
+  <si>
+    <t>OSPEDALE DEL PONTE</t>
+  </si>
+  <si>
+    <t>CUTRUPI ANTONIO FRANCESCO ALESSANDRO</t>
+  </si>
+  <si>
+    <t>chirurgia generale (pediatrica)</t>
+  </si>
+  <si>
+    <t>OSPEDALE DI CIRCOLO - VARESE
+CASA DI COMUNITA' GRADISCA - TRADATE</t>
+  </si>
+  <si>
+    <t>ANESTESIA E RIANIMAZIONE  ANESTESIA E RIANIMAZIONE (VENTILAZIONE MECCANICA DOMICILIARE)</t>
+  </si>
+  <si>
+    <t>OSPEDALE DI CIRCOLO E FONDAZIONE MACCHI - CASA DI COMUNITA'-LAVENO MOMBELLO</t>
+  </si>
+  <si>
+    <t>GERMANICO DANIELA</t>
+  </si>
+  <si>
+    <t>LIBASSI LETIZIA</t>
+  </si>
+  <si>
+    <t>MAUROGIOVANNI DAHIANA</t>
+  </si>
+  <si>
+    <t>SEDRAM LUCA</t>
+  </si>
+  <si>
+    <t>OSPEDALE DI CIRCOLO - Varese e poliambulatori laveno - Tradate - Cittiglio</t>
+  </si>
+  <si>
+    <t>malattie dell'apparato respiratorio</t>
+  </si>
+  <si>
+    <t>TADDEO SARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOMBOLINI ELISABETTA </t>
+  </si>
+  <si>
+    <t>TORSA MARTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> BOVIO ANTONELLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> MULE’ GIOVANNI</t>
+  </si>
+  <si>
+    <t>ALOISIO DAVIDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> MALATTIE APPARATO RESPIRATORIO (VENTILAZIONE MECCANICA DOMICILIARE)</t>
+  </si>
+  <si>
+    <t>CASARTELLI ANNA</t>
+  </si>
+  <si>
+    <t>DAL MOLIN MARZIA</t>
+  </si>
+  <si>
+    <t>OSP. DI CIRCOLO - BUSTO ARSIZIO OSP. S. ANTONIO ABATE GALLARATE</t>
+  </si>
+  <si>
+    <t>FARINA FRANCESCA</t>
+  </si>
+  <si>
+    <t>FEDERICO CREMONESI</t>
+  </si>
+  <si>
+    <t>GIANNI MICHELA</t>
+  </si>
+  <si>
+    <t>MEDICINA INTERNA DIABETOLOGIA (CENTRO DIABETOLOGICO-MICROINFUSORI)</t>
+  </si>
+  <si>
+    <t>LORENA APPIO</t>
+  </si>
+  <si>
+    <t>MANUELA CRIVELLI</t>
+  </si>
+  <si>
+    <t>MARINA GATTI</t>
+  </si>
+  <si>
+    <t>MILANI LISA</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">OSP. GENERALE PROVINCIALE - SARONNO </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>- CASA DI COMUNITA' DI SARONNO</t>
+    </r>
+  </si>
+  <si>
+    <t>PELOSI LINDA</t>
+  </si>
+  <si>
+    <t>SALVADORI DEL PRATO</t>
+  </si>
+  <si>
+    <t>SERENA PEZZA</t>
+  </si>
+  <si>
+    <t>ERMOLLI MARILENA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MALATTIE APPARATO RESPIRATORIO </t>
+  </si>
+  <si>
+    <t>CULUVARIS GLORIA TIFFANY</t>
+  </si>
+  <si>
+    <t>YANA PIGOTSKAYA</t>
+  </si>
+  <si>
+    <t>ARDESI FRANCESCO</t>
+  </si>
+  <si>
+    <t>MARCO VANETTI</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> BUSCEMI AGATA ALBA MARIA DOMENICA</t>
+  </si>
+  <si>
+    <t>TUNDO MARTA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6292,204 +3801,213 @@
       <b/>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="1"/>
-[...10 lines deleted...]
-      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
@@ -6519,302 +4037,302 @@
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>643</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>648</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="AutoShape 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5CCBF6E-D766-4E57-8BA2-B2D95A964165}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF693C2C-EA89-4DF5-B3FF-2096370F1BD2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18211800" y="227428425"/>
-          <a:ext cx="304800" cy="304800"/>
+          <a:off x="12087225" y="208235550"/>
+          <a:ext cx="304800" cy="1800225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>644</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>646</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="AutoShape 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31C67127-2BD2-463E-A349-CAFD945F30EC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{581C2374-80E1-4203-844C-911722059FB1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18211800" y="228076125"/>
-          <a:ext cx="304800" cy="304800"/>
+          <a:off x="12087225" y="208559400"/>
+          <a:ext cx="304800" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>645</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>647</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="AutoShape 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBB45CF5-1EEF-4B6C-BC4B-AA4DEFEF26B3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77980944-5069-44D8-9E5D-EE8EEBBD8BA8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18211800" y="228238050"/>
-          <a:ext cx="304800" cy="304800"/>
+          <a:off x="12087225" y="208883250"/>
+          <a:ext cx="304800" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>613</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="304800" cy="304800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="AutoShape 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18AFC702-3680-4F65-B898-9642516AAF9E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{869A1566-7D69-4DB2-972E-F4F841C8B80F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18211800" y="218036775"/>
+          <a:off x="12087225" y="198520050"/>
           <a:ext cx="304800" cy="304800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>614</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="304800" cy="304800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="AutoShape 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6D67331-4833-4942-8E41-6185582DA774}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{617BDC85-8690-4405-A3DC-36163EB14DA4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18211800" y="218522550"/>
+          <a:off x="12087225" y="198843900"/>
           <a:ext cx="304800" cy="304800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>615</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="304800" cy="304800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="AutoShape 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C7F9C33-8FEF-4C56-8341-C88AC1F299A9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6433F642-3CD6-4032-A187-A111CBE96B34}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="18211800" y="218846400"/>
+          <a:off x="12087225" y="199167750"/>
           <a:ext cx="304800" cy="304800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
@@ -7059,19986 +4577,17918 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G865"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2D79217-9D9D-4C1C-9CDB-7388A65CA873}">
+  <dimension ref="A1:F891"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A829" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.7109375" defaultRowHeight="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="32" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="6.7109375" style="2"/>
+    <col min="2" max="2" width="36.140625" style="3" customWidth="1"/>
+    <col min="3" max="3" width="28" style="3" customWidth="1"/>
+    <col min="4" max="4" width="68.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.42578125" style="4" customWidth="1"/>
+    <col min="6" max="6" width="18.42578125" style="2" customWidth="1"/>
+    <col min="7" max="16384" width="6.7109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="5" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="11" t="s">
+      <c r="B2" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>972</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>973</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="11" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F10" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F16" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>982</v>
+      </c>
+      <c r="D19" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="11" t="s">
+      <c r="E19" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="11" t="s">
+      <c r="F19" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>983</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E20" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F20" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>984</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="F21" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>985</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E22" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C23" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C24" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E24" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F24" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C25" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E26" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F26" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F27" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F28" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C29" s="11" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C31" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>986</v>
+      </c>
+      <c r="D32" s="13" t="s">
+        <v>987</v>
+      </c>
+      <c r="E32" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F32" s="13" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C33" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D33" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E33" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C34" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E34" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F34" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>989</v>
+      </c>
+      <c r="C35" s="11" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D35" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E35" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F35" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C36" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E36" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F36" s="11" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C37" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C38" s="14" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D38" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C39" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E39" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>989</v>
+      </c>
+      <c r="C41" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F41" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C42" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E42" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F42" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C43" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D43" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E43" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F43" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E44" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C45" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E45" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="F45" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F46" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C47" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="D47" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E47" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F47" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>985</v>
+      </c>
+      <c r="C50" s="13" t="s">
+        <v>990</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E50" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F50" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C51" s="11" t="s">
+        <v>107</v>
+      </c>
+      <c r="D51" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="E51" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F51" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C52" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="D52" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E52" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F52" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C53" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="D53" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E53" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F53" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C54" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D54" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E54" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="F54" s="11" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C55" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D55" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E55" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F55" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C56" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C57" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="E57" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="F57" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C58" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E58" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F58" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C59" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D59" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E59" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C60" s="13" t="s">
+        <v>992</v>
+      </c>
+      <c r="D60" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E60" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F60" s="13" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C61" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="D61" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="E61" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="F61" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C62" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="D62" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E62" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E63" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F63" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C64" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E64" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F64" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C65" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E65" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F65" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B66" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C66" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="D66" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E66" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F66" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B67" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C67" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="D67" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B68" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C68" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D68" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E68" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C69" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E69" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F69" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B70" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C70" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C71" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="D71" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B72" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C72" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D72" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B73" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C73" s="11" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D73" s="11" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E73" s="11" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B74" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="C74" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="D74" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E74" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B75" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C75" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="D75" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E75" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C76" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="D76" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E76" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F76" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B77" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C77" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="D77" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="E77" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F77" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B78" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C78" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="D78" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E78" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F78" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B79" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C79" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="D79" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B80" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C80" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="D80" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E80" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F80" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C81" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="D81" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="E81" s="11" t="s">
+        <v>155</v>
+      </c>
+      <c r="F81" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B82" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C82" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="D82" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E82" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C83" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="D83" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E83" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F83" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B84" s="11" t="s">
+        <v>994</v>
+      </c>
+      <c r="C84" s="13" t="s">
+        <v>995</v>
+      </c>
+      <c r="D84" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E84" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F84" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B85" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C85" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>996</v>
+      </c>
+      <c r="E85" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F85" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B86" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C86" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="D86" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E86" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F86" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B87" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C87" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="D87" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E87" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B88" s="11" t="s">
+        <v>993</v>
+      </c>
+      <c r="C88" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D88" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="E88" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="F88" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C89" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="D89" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E89" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F89" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C90" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="D90" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E90" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F90" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B91" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C91" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="D91" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E91" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F91" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B92" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C92" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="D92" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="E92" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C93" s="11" t="s">
+        <v>467</v>
+      </c>
+      <c r="D93" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E93" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B94" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C94" s="13" t="s">
+        <v>997</v>
+      </c>
+      <c r="D94" s="13" t="s">
+        <v>987</v>
+      </c>
+      <c r="E94" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F94" s="13" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C95" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="D95" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E95" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F95" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C96" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="D96" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E96" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F96" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B97" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C97" s="13" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D97" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E97" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F97" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C98" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="D98" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E98" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F98" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C99" s="13" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D99" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E99" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F99" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C100" s="11" t="s">
+        <v>998</v>
+      </c>
+      <c r="D100" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E100" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F100" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B101" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C101" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D101" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E101" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F101" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B102" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C102" s="11" t="s">
+        <v>174</v>
+      </c>
+      <c r="D102" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E102" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F102" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B103" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C103" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="D103" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E103" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B104" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C104" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="D104" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="E104" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F104" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B105" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C105" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D105" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E105" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F105" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B106" s="11" t="s">
+        <v>994</v>
+      </c>
+      <c r="C106" s="13" t="s">
+        <v>999</v>
+      </c>
+      <c r="D106" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E106" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F106" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B107" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C107" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="D107" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B108" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C108" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="D108" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E108" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F108" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B109" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C109" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D109" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E109" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F109" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B110" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C110" s="11" t="s">
+        <v>183</v>
+      </c>
+      <c r="D110" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E110" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F110" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B111" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C111" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="D111" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E111" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F111" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B112" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C112" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="D112" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E112" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F112" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B113" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C113" s="13" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D113" s="13" t="s">
+        <v>987</v>
+      </c>
+      <c r="E113" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F113" s="13" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B114" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C114" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="D114" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E114" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F114" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B115" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C115" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="D115" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F115" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B116" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C116" s="11" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D116" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E116" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F116" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B117" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C117" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="D117" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E117" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F117" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B118" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C118" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="D118" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E118" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F118" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B119" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C119" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="D119" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E119" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B120" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C120" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="D120" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="E120" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F120" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B121" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C121" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="D121" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E121" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F121" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B122" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C122" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="D122" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E122" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B123" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C123" s="11" t="s">
+        <v>197</v>
+      </c>
+      <c r="D123" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E123" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F123" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B124" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C124" s="11" t="s">
+        <v>198</v>
+      </c>
+      <c r="D124" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="E124" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="F124" s="11" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B125" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C125" s="11" t="s">
+        <v>201</v>
+      </c>
+      <c r="D125" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E125" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F125" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B126" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C126" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="D126" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E126" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F126" s="11" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B127" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C127" s="11" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D127" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E127" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F127" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B128" s="11" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C128" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="D128" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E128" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F128" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B129" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C129" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D129" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E129" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B130" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C130" s="11" t="s">
+        <v>207</v>
+      </c>
+      <c r="D130" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="E130" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="F130" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B131" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C131" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="D131" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E131" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F131" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B132" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C132" s="13" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D132" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E132" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B133" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C133" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="D133" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="E133" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="F133" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B134" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C134" s="11" t="s">
+        <v>212</v>
+      </c>
+      <c r="D134" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F134" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B135" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C135" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="D135" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E135" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F135" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B136" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C136" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="D136" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E136" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F136" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B137" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C137" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="D137" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E137" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="F137" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B138" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C138" s="11" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D138" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E138" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F138" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B139" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C139" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="D139" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E139" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F139" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B140" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C140" s="13" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D140" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E140" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F140" s="11" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B141" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C141" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="D141" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E141" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F141" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B142" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C142" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="D142" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B143" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C143" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="D143" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="E143" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F143" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B144" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C144" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="D144" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B145" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C145" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="D145" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F145" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B146" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C146" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="D146" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="E146" s="13" t="s">
+        <v>228</v>
+      </c>
+      <c r="F146" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B147" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C147" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="D147" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E147" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F147" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B148" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C148" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="D148" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E148" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F148" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B149" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C149" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="D149" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="E149" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="F149" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B150" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C150" s="11" t="s">
+        <v>233</v>
+      </c>
+      <c r="D150" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E150" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F150" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B151" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C151" s="11" t="s">
+        <v>234</v>
+      </c>
+      <c r="D151" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="E151" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="F151" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B152" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C152" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="D152" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E152" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F152" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B153" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C153" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="D153" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E153" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F153" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B154" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C154" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="D154" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B155" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C155" s="11" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D155" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E155" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F155" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B156" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C156" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="D156" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E156" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B157" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C157" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="D157" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E157" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F157" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B158" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C158" s="11" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D158" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E158" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F158" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B159" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C159" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="D159" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F159" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B160" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C160" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="D160" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E160" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F160" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B161" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C161" s="11" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D161" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E161" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F161" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B162" s="12" t="s">
+        <v>973</v>
+      </c>
+      <c r="C162" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="D162" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E162" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F162" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B163" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C163" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D163" s="11" t="s">
+        <v>248</v>
+      </c>
+      <c r="E163" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="F163" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B164" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C164" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="D164" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F164" s="11" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B165" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C165" s="11" t="s">
+        <v>251</v>
+      </c>
+      <c r="D165" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E165" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F165" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B166" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C166" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="D166" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F166" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B167" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C167" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="D167" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E167" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B168" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C168" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="D168" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E168" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F168" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B169" s="12" t="s">
+        <v>973</v>
+      </c>
+      <c r="C169" s="11" t="s">
+        <v>255</v>
+      </c>
+      <c r="D169" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E169" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F169" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B170" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C170" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="D170" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E170" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="F170" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B171" s="11" t="s">
+        <v>994</v>
+      </c>
+      <c r="C171" s="13" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D171" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E171" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B172" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C172" s="13" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D172" s="13" t="s">
+        <v>269</v>
+      </c>
+      <c r="E172" s="13" t="s">
+        <v>270</v>
+      </c>
+      <c r="F172" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B173" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C173" s="11" t="s">
+        <v>257</v>
+      </c>
+      <c r="D173" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E173" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F173" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B174" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C174" s="11" t="s">
+        <v>543</v>
+      </c>
+      <c r="D174" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E174" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F174" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B175" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C175" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="D175" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E175" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F175" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B176" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C176" s="11" t="s">
+        <v>259</v>
+      </c>
+      <c r="D176" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E176" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F176" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B177" s="11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C177" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="D177" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E177" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B178" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C178" s="11" t="s">
+        <v>261</v>
+      </c>
+      <c r="D178" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E178" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F178" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B179" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C179" s="11" t="s">
+        <v>549</v>
+      </c>
+      <c r="D179" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E179" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F179" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B180" s="11" t="s">
+        <v>989</v>
+      </c>
+      <c r="C180" s="11" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D180" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E180" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F180" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B181" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C181" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="D181" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E181" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F181" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B182" s="11" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C182" s="11" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D182" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E182" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F182" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B183" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C183" s="13" t="s">
+        <v>263</v>
+      </c>
+      <c r="D183" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="E183" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F183" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B184" s="11" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C184" s="11" t="s">
+        <v>265</v>
+      </c>
+      <c r="D184" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E184" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F184" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B185" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C185" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="D185" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E185" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F185" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B186" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C186" s="11" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D186" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E186" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F186" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B187" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C187" s="11" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D187" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E187" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F187" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B188" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C188" s="11" t="s">
+        <v>267</v>
+      </c>
+      <c r="D188" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E188" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F188" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B189" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C189" s="11" t="s">
+        <v>268</v>
+      </c>
+      <c r="D189" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="E189" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="F189" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B190" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C190" s="11" t="s">
+        <v>271</v>
+      </c>
+      <c r="D190" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E190" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F190" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B191" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="C191" s="11" t="s">
+        <v>272</v>
+      </c>
+      <c r="D191" s="11" t="s">
+        <v>273</v>
+      </c>
+      <c r="E191" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="F191" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B192" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C192" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="D192" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F192" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B193" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C193" s="11" t="s">
+        <v>279</v>
+      </c>
+      <c r="D193" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E193" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F193" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B194" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C194" s="13" t="s">
+        <v>281</v>
+      </c>
+      <c r="D194" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E194" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B195" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C195" s="11" t="s">
+        <v>283</v>
+      </c>
+      <c r="D195" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E195" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F195" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B196" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C196" s="11" t="s">
+        <v>286</v>
+      </c>
+      <c r="D196" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E196" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F196" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B197" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C197" s="11" t="s">
+        <v>289</v>
+      </c>
+      <c r="D197" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E197" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F197" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B198" s="11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C198" s="13" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D198" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E198" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="F198" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B199" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C199" s="11" t="s">
+        <v>290</v>
+      </c>
+      <c r="D199" s="11" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E199" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F199" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B200" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C200" s="11" t="s">
+        <v>291</v>
+      </c>
+      <c r="D200" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E200" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B201" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C201" s="11" t="s">
+        <v>293</v>
+      </c>
+      <c r="D201" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="E201" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F201" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B202" s="11" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C202" s="11" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D202" s="11" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E202" s="13" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F202" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B203" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C203" s="13" t="s">
+        <v>297</v>
+      </c>
+      <c r="D203" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E203" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F203" s="13" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B204" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C204" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="D204" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E204" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F204" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B205" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C205" s="11" t="s">
+        <v>299</v>
+      </c>
+      <c r="D205" s="14" t="s">
+        <v>294</v>
+      </c>
+      <c r="E205" s="14" t="s">
+        <v>238</v>
+      </c>
+      <c r="F205" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B206" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C206" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="D206" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E206" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F206" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B207" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C207" s="11" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D207" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E207" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F207" s="11"/>
+    </row>
+    <row r="208" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B208" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C208" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="D208" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E208" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F208" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B209" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C209" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="D209" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="E2" s="11" t="s">
+      <c r="E209" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="F2" s="11" t="s">
-[...10 lines deleted...]
-      <c r="B3" s="11" t="s">
+      <c r="F209" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B210" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C210" s="11" t="s">
+        <v>303</v>
+      </c>
+      <c r="D210" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E210" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F210" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B211" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C211" s="13" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D211" s="11" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E211" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F211" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B212" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C212" s="13" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D212" s="11" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E212" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F212" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B213" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C213" s="11" t="s">
+        <v>307</v>
+      </c>
+      <c r="D213" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E213" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F213" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B214" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C214" s="13" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D214" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E214" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F214" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B215" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C215" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="D215" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E215" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F215" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B216" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="C216" s="13" t="s">
+        <v>312</v>
+      </c>
+      <c r="D216" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="E216" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="F216" s="13" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B217" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C217" s="13" t="s">
+        <v>314</v>
+      </c>
+      <c r="D217" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E217" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B218" s="11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C218" s="11" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D218" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E218" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F218" s="11"/>
+    </row>
+    <row r="219" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B219" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C219" s="11" t="s">
+        <v>315</v>
+      </c>
+      <c r="D219" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E219" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F219" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B220" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C220" s="13" t="s">
+        <v>317</v>
+      </c>
+      <c r="D220" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E220" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F220" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B221" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C221" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="D221" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E221" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F221" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B222" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C222" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="D222" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E222" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F222" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B223" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C223" s="22" t="s">
+        <v>320</v>
+      </c>
+      <c r="D223" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E223" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F223" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B224" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C224" s="13" t="s">
+        <v>321</v>
+      </c>
+      <c r="D224" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E224" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B225" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C225" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="D225" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E225" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F225" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B226" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C226" s="11" t="s">
+        <v>323</v>
+      </c>
+      <c r="D226" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E226" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F226" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B227" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C227" s="11" t="s">
+        <v>325</v>
+      </c>
+      <c r="D227" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E227" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F227" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B228" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C228" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D228" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E228" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F228" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B229" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C229" s="11" t="s">
+        <v>327</v>
+      </c>
+      <c r="D229" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E229" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="F229" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B230" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C230" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="D230" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="E230" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="F230" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B231" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C231" s="11" t="s">
+        <v>329</v>
+      </c>
+      <c r="D231" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E231" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F231" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B232" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="C232" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="D232" s="11" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E232" s="11" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F232" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B233" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C233" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="D233" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E233" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B234" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C234" s="11" t="s">
+        <v>332</v>
+      </c>
+      <c r="D234" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E234" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F234" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B235" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C235" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="D235" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E235" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="F235" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B236" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C236" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="D236" s="14" t="s">
+        <v>294</v>
+      </c>
+      <c r="E236" s="14" t="s">
+        <v>238</v>
+      </c>
+      <c r="F236" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B237" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C237" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="D237" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E237" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F237" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B238" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C238" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="D238" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E238" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B239" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C239" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="D239" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E239" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F239" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B240" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C240" s="14" t="s">
+        <v>338</v>
+      </c>
+      <c r="D240" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E240" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="11" t="s">
+      <c r="F240" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B241" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C241" s="11" t="s">
+        <v>340</v>
+      </c>
+      <c r="D241" s="11" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E241" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F241" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B242" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C242" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="D242" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E242" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F242" s="11" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B243" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C243" s="11" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D243" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E243" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F243" s="11"/>
+    </row>
+    <row r="244" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B244" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C244" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="D244" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E244" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F244" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B245" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C245" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="D245" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E245" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F245" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B246" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="C246" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="D246" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E246" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B247" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C247" s="11" t="s">
+        <v>346</v>
+      </c>
+      <c r="D247" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E247" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F247" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B248" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C248" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="D248" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E248" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B249" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C249" s="11" t="s">
+        <v>348</v>
+      </c>
+      <c r="D249" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E249" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B250" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C250" s="11" t="s">
+        <v>349</v>
+      </c>
+      <c r="D250" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E250" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B251" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C251" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="D251" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E251" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B252" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C252" s="11" t="s">
+        <v>351</v>
+      </c>
+      <c r="D252" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E252" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F252" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B253" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C253" s="11" t="s">
+        <v>352</v>
+      </c>
+      <c r="D253" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="E253" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="F253" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B254" s="11" t="s">
+        <v>353</v>
+      </c>
+      <c r="C254" s="11" t="s">
+        <v>354</v>
+      </c>
+      <c r="D254" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E254" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B255" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C255" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="D255" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E255" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F255" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B256" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C256" s="11" t="s">
+        <v>356</v>
+      </c>
+      <c r="D256" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E256" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F256" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B257" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C257" s="11" t="s">
+        <v>357</v>
+      </c>
+      <c r="D257" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E257" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F257" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B258" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C258" s="11" t="s">
+        <v>358</v>
+      </c>
+      <c r="D258" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E258" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F258" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B259" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C259" s="18" t="s">
+        <v>359</v>
+      </c>
+      <c r="D259" s="14" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E259" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F259" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B260" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C260" s="11" t="s">
+        <v>362</v>
+      </c>
+      <c r="D260" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E260" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B261" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C261" s="11" t="s">
+        <v>363</v>
+      </c>
+      <c r="D261" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E261" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B262" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C262" s="11" t="s">
+        <v>364</v>
+      </c>
+      <c r="D262" s="11" t="s">
+        <v>365</v>
+      </c>
+      <c r="E262" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="F262" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B263" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C263" s="14" t="s">
+        <v>367</v>
+      </c>
+      <c r="D263" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E263" s="14" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F263" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B264" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C264" s="13" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D264" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="E264" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="F264" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B265" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C265" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="D265" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E265" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F265" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B266" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C266" s="11" t="s">
+        <v>369</v>
+      </c>
+      <c r="D266" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E266" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F266" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="B267" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C267" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="D267" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E267" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F267" s="12" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B268" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C268" s="12" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D268" s="11" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E268" s="13" t="s">
+        <v>619</v>
+      </c>
+      <c r="F268" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B269" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C269" s="11" t="s">
+        <v>371</v>
+      </c>
+      <c r="D269" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E269" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F269" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B270" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C270" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="D270" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E270" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B271" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C271" s="11" t="s">
+        <v>373</v>
+      </c>
+      <c r="D271" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E271" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F271" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B272" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C272" s="11" t="s">
+        <v>374</v>
+      </c>
+      <c r="D272" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E272" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F272" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B273" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C273" s="11" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D273" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E273" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F273" s="11"/>
+    </row>
+    <row r="274" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B274" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C274" s="11" t="s">
+        <v>375</v>
+      </c>
+      <c r="D274" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E274" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F274" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B275" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C275" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="D275" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E275" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B276" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C276" s="11" t="s">
+        <v>378</v>
+      </c>
+      <c r="D276" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E276" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F276" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B277" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C277" s="11" t="s">
+        <v>381</v>
+      </c>
+      <c r="D277" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E277" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F277" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B278" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C278" s="11" t="s">
+        <v>382</v>
+      </c>
+      <c r="D278" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E278" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B279" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C279" s="11" t="s">
+        <v>383</v>
+      </c>
+      <c r="D279" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="E279" s="11" t="s">
+        <v>385</v>
+      </c>
+      <c r="F279" s="11" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B280" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C280" s="14" t="s">
+        <v>386</v>
+      </c>
+      <c r="D280" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E280" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="F280" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B281" s="11" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C281" s="11" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D281" s="13" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E281" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F281" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B282" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C282" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="D282" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E282" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F282" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B283" s="11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C283" s="11" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D283" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E283" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F283" s="11"/>
+    </row>
+    <row r="284" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B284" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C284" s="14" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D284" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E284" s="14" t="s">
+        <v>117</v>
+      </c>
+      <c r="F284" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B285" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C285" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="D285" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E285" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F285" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B286" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C286" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="D286" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E286" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F286" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B287" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C287" s="11" t="s">
+        <v>390</v>
+      </c>
+      <c r="D287" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E287" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F287" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B288" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C288" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="D288" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E288" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F288" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B289" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C289" s="11" t="s">
+        <v>392</v>
+      </c>
+      <c r="D289" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E289" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F289" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B290" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C290" s="11" t="s">
+        <v>393</v>
+      </c>
+      <c r="D290" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E290" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F290" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B291" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C291" s="11" t="s">
+        <v>394</v>
+      </c>
+      <c r="D291" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E291" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F291" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B292" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C292" s="11" t="s">
+        <v>395</v>
+      </c>
+      <c r="D292" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E292" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F292" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B293" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C293" s="11" t="s">
+        <v>396</v>
+      </c>
+      <c r="D293" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E293" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F293" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B294" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C294" s="11" t="s">
+        <v>397</v>
+      </c>
+      <c r="D294" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E294" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F294" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B295" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C295" s="11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D295" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="E295" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="F295" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B296" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C296" s="11" t="s">
+        <v>399</v>
+      </c>
+      <c r="D296" s="11" t="s">
+        <v>248</v>
+      </c>
+      <c r="E296" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F296" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B297" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C297" s="11" t="s">
+        <v>400</v>
+      </c>
+      <c r="D297" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E297" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F297" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B298" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C298" s="11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D298" s="11" t="s">
+        <v>402</v>
+      </c>
+      <c r="E298" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="F298" s="11" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B299" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C299" s="18" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D299" s="11" t="s">
+        <v>402</v>
+      </c>
+      <c r="E299" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="F299" s="14" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B300" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C300" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="D300" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E300" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F300" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B301" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C301" s="11" t="s">
+        <v>405</v>
+      </c>
+      <c r="D301" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E301" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F301" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B302" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C302" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D302" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E302" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F302" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B303" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C303" s="11" t="s">
+        <v>407</v>
+      </c>
+      <c r="D303" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E303" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F303" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B304" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C304" s="11" t="s">
+        <v>408</v>
+      </c>
+      <c r="D304" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E304" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F304" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B305" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C305" s="11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D305" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E305" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F305" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B306" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C306" s="11" t="s">
+        <v>410</v>
+      </c>
+      <c r="D306" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E306" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F306" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B307" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C307" s="14" t="s">
+        <v>411</v>
+      </c>
+      <c r="D307" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E307" s="14" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F307" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B308" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C308" s="14" t="s">
+        <v>412</v>
+      </c>
+      <c r="D308" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E308" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="F308" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B309" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C309" s="11" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D309" s="11" t="s">
+        <v>365</v>
+      </c>
+      <c r="E309" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="F309" s="11"/>
+    </row>
+    <row r="310" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B310" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C310" s="11" t="s">
+        <v>414</v>
+      </c>
+      <c r="D310" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E310" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F310" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B311" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C311" s="14" t="s">
+        <v>415</v>
+      </c>
+      <c r="D311" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E311" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B312" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C312" s="11" t="s">
+        <v>416</v>
+      </c>
+      <c r="D312" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E312" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F312" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B313" s="11" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C313" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="D313" s="11" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E313" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F313" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B314" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C314" s="13" t="s">
+        <v>418</v>
+      </c>
+      <c r="D314" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E314" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F314" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B315" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C315" s="11" t="s">
+        <v>419</v>
+      </c>
+      <c r="D315" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E315" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F315" s="11" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B316" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C316" s="13" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D316" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="E316" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="F316" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B317" s="11" t="s">
+        <v>282</v>
+      </c>
+      <c r="C317" s="11" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D317" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E317" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F317" s="11"/>
+    </row>
+    <row r="318" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B318" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C318" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="D318" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E318" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F318" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B319" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C319" s="11" t="s">
+        <v>421</v>
+      </c>
+      <c r="D319" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="E319" s="11" t="s">
+        <v>385</v>
+      </c>
+      <c r="F319" s="11" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B320" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C320" s="11" t="s">
+        <v>422</v>
+      </c>
+      <c r="D320" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E320" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F320" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B321" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C321" s="14" t="s">
+        <v>423</v>
+      </c>
+      <c r="D321" s="14" t="s">
+        <v>194</v>
+      </c>
+      <c r="E321" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="F321" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B322" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C322" s="11" t="s">
+        <v>424</v>
+      </c>
+      <c r="D322" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E322" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F322" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B323" s="11" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C323" s="12" t="s">
+        <v>425</v>
+      </c>
+      <c r="D323" s="12" t="s">
+        <v>618</v>
+      </c>
+      <c r="E323" s="12" t="s">
+        <v>619</v>
+      </c>
+      <c r="F323" s="12" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B324" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C324" s="11" t="s">
+        <v>426</v>
+      </c>
+      <c r="D324" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E324" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F324" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B325" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C325" s="13" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D325" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E325" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F325" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B326" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C326" s="13" t="s">
+        <v>427</v>
+      </c>
+      <c r="D326" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E326" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F326" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B327" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C327" s="13" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D327" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E327" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F327" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B328" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C328" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="D328" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E328" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="F328" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B329" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C329" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="D329" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E329" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F329" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B330" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C330" s="13" t="s">
+        <v>430</v>
+      </c>
+      <c r="D330" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E330" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F330" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B331" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C331" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="D331" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E331" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F331" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B332" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C332" s="11" t="s">
+        <v>432</v>
+      </c>
+      <c r="D332" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E332" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F332" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B333" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C333" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="D333" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E333" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F333" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B334" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C334" s="13" t="s">
+        <v>434</v>
+      </c>
+      <c r="D334" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E334" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F334" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B335" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C335" s="11" t="s">
+        <v>435</v>
+      </c>
+      <c r="D335" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E335" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F335" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B336" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C336" s="11" t="s">
+        <v>436</v>
+      </c>
+      <c r="D336" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E336" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F336" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B337" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C337" s="11" t="s">
+        <v>437</v>
+      </c>
+      <c r="D337" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E337" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F337" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B338" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C338" s="14" t="s">
+        <v>438</v>
+      </c>
+      <c r="D338" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E338" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F338" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B339" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C339" s="11" t="s">
+        <v>439</v>
+      </c>
+      <c r="D339" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E339" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F339" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B340" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C340" s="14" t="s">
+        <v>440</v>
+      </c>
+      <c r="D340" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E340" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F340" s="14" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B341" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C341" s="11" t="s">
+        <v>441</v>
+      </c>
+      <c r="D341" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E341" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F341" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B342" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C342" s="11" t="s">
+        <v>442</v>
+      </c>
+      <c r="D342" s="11" t="s">
+        <v>443</v>
+      </c>
+      <c r="E342" s="11" t="s">
+        <v>444</v>
+      </c>
+      <c r="F342" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B343" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C343" s="11" t="s">
+        <v>445</v>
+      </c>
+      <c r="D343" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E343" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="F343" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B344" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C344" s="11" t="s">
+        <v>447</v>
+      </c>
+      <c r="D344" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E344" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F344" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B345" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C345" s="14" t="s">
+        <v>448</v>
+      </c>
+      <c r="D345" s="14" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E345" s="14" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F345" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B346" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C346" s="11" t="s">
+        <v>449</v>
+      </c>
+      <c r="D346" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E346" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F346" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B347" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C347" s="11" t="s">
+        <v>450</v>
+      </c>
+      <c r="D347" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E347" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F347" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B348" s="11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C348" s="11" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D348" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E348" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F348" s="11"/>
+    </row>
+    <row r="349" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B349" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C349" s="12" t="s">
+        <v>451</v>
+      </c>
+      <c r="D349" s="12" t="s">
+        <v>452</v>
+      </c>
+      <c r="E349" s="12" t="s">
+        <v>310</v>
+      </c>
+      <c r="F349" s="12" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B350" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C350" s="11" t="s">
+        <v>453</v>
+      </c>
+      <c r="D350" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E350" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="F350" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B351" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C351" s="11" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D351" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E351" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F351" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B352" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C352" s="11" t="s">
+        <v>454</v>
+      </c>
+      <c r="D352" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E352" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F352" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B353" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C353" s="14" t="s">
+        <v>455</v>
+      </c>
+      <c r="D353" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E353" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="F353" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B354" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C354" s="11" t="s">
+        <v>456</v>
+      </c>
+      <c r="D354" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E354" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F354" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B355" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C355" s="14" t="s">
+        <v>457</v>
+      </c>
+      <c r="D355" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E355" s="14" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F355" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B356" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C356" s="11" t="s">
+        <v>458</v>
+      </c>
+      <c r="D356" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E356" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F356" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B357" s="11" t="s">
+        <v>282</v>
+      </c>
+      <c r="C357" s="13" t="s">
+        <v>459</v>
+      </c>
+      <c r="D357" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E357" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F357" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B358" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C358" s="11" t="s">
+        <v>460</v>
+      </c>
+      <c r="D358" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E358" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F358" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B359" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C359" s="11" t="s">
+        <v>461</v>
+      </c>
+      <c r="D359" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E359" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F359" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B360" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C360" s="11" t="s">
+        <v>462</v>
+      </c>
+      <c r="D360" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E360" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F360" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B361" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C361" s="13" t="s">
+        <v>463</v>
+      </c>
+      <c r="D361" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E361" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F361" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B362" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C362" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="D362" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E362" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F362" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B363" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C363" s="11" t="s">
+        <v>465</v>
+      </c>
+      <c r="D363" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E363" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F363" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B364" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C364" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="D364" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E364" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="F364" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B365" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="C365" s="11" t="s">
+        <v>468</v>
+      </c>
+      <c r="D365" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E365" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F365" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B366" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C366" s="11" t="s">
+        <v>469</v>
+      </c>
+      <c r="D366" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E366" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="F366" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B367" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C367" s="11" t="s">
+        <v>472</v>
+      </c>
+      <c r="D367" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E367" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F367" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B368" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C368" s="11" t="s">
+        <v>473</v>
+      </c>
+      <c r="D368" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E368" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F368" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B369" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C369" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D369" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="E369" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="F369" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B370" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C370" s="22" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D370" s="11" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E370" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F370" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B371" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C371" s="11" t="s">
+        <v>474</v>
+      </c>
+      <c r="D371" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E371" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F371" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B372" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C372" s="11" t="s">
+        <v>475</v>
+      </c>
+      <c r="D372" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E372" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F372" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B373" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C373" s="11" t="s">
+        <v>476</v>
+      </c>
+      <c r="D373" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="11" t="s">
+      <c r="E373" s="11" t="s">
+        <v>477</v>
+      </c>
+      <c r="F373" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B374" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C374" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="D374" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E374" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F374" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B375" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C375" s="11" t="s">
+        <v>479</v>
+      </c>
+      <c r="D375" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="E375" s="11" t="s">
+        <v>385</v>
+      </c>
+      <c r="F375" s="11" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B376" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C376" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="D376" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E376" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F376" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B377" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C377" s="14" t="s">
+        <v>481</v>
+      </c>
+      <c r="D377" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E377" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F377" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B378" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C378" s="11" t="s">
+        <v>482</v>
+      </c>
+      <c r="D378" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E378" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F378" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B379" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C379" s="11" t="s">
+        <v>483</v>
+      </c>
+      <c r="D379" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E379" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F379" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B380" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C380" s="11" t="s">
+        <v>484</v>
+      </c>
+      <c r="D380" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E380" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F380" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B381" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C381" s="11" t="s">
+        <v>485</v>
+      </c>
+      <c r="D381" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E381" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F381" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B382" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C382" s="14" t="s">
+        <v>486</v>
+      </c>
+      <c r="D382" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E382" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F382" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B383" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C383" s="14" t="s">
+        <v>487</v>
+      </c>
+      <c r="D383" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E383" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="F383" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B384" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C384" s="11" t="s">
+        <v>488</v>
+      </c>
+      <c r="D384" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E384" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F384" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B385" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C385" s="11" t="s">
+        <v>489</v>
+      </c>
+      <c r="D385" s="11" t="s">
+        <v>443</v>
+      </c>
+      <c r="E385" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F385" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B386" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C386" s="11" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D386" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E386" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F386" s="11"/>
+    </row>
+    <row r="387" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B387" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C387" s="11" t="s">
+        <v>490</v>
+      </c>
+      <c r="D387" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E387" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F387" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B388" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C388" s="11" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D388" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E388" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F388" s="11"/>
+    </row>
+    <row r="389" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B389" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C389" s="11" t="s">
+        <v>491</v>
+      </c>
+      <c r="D389" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E389" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F389" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B390" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C390" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="D390" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E390" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F390" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B391" s="11" t="s">
+        <v>324</v>
+      </c>
+      <c r="C391" s="14" t="s">
+        <v>493</v>
+      </c>
+      <c r="D391" s="14" t="s">
+        <v>287</v>
+      </c>
+      <c r="E391" s="14" t="s">
+        <v>288</v>
+      </c>
+      <c r="F391" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B392" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C392" s="14" t="s">
+        <v>494</v>
+      </c>
+      <c r="D392" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E392" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="F392" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B393" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C393" s="11" t="s">
+        <v>495</v>
+      </c>
+      <c r="D393" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E393" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F393" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B394" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C394" s="11" t="s">
+        <v>496</v>
+      </c>
+      <c r="D394" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E394" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F394" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B395" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C395" s="11" t="s">
+        <v>497</v>
+      </c>
+      <c r="D395" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E395" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F395" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A396" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B396" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C396" s="14" t="s">
+        <v>498</v>
+      </c>
+      <c r="D396" s="14" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E396" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="F396" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B397" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C397" s="11" t="s">
+        <v>499</v>
+      </c>
+      <c r="D397" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E397" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F397" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B398" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C398" s="11" t="s">
+        <v>500</v>
+      </c>
+      <c r="D398" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E398" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F398" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B399" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C399" s="11" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D399" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E399" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F399" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B400" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C400" s="11" t="s">
+        <v>501</v>
+      </c>
+      <c r="D400" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E400" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F400" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B401" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C401" s="11" t="s">
+        <v>502</v>
+      </c>
+      <c r="D401" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E401" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F401" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B402" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C402" s="11" t="s">
+        <v>503</v>
+      </c>
+      <c r="D402" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E402" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F402" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B403" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C403" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="D403" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E403" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F403" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B404" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C404" s="11" t="s">
+        <v>505</v>
+      </c>
+      <c r="D404" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E404" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F404" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B405" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C405" s="11" t="s">
+        <v>506</v>
+      </c>
+      <c r="D405" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E405" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F405" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B406" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C406" s="11" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D406" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E406" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F406" s="11"/>
+    </row>
+    <row r="407" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B407" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C407" s="11" t="s">
+        <v>507</v>
+      </c>
+      <c r="D407" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E407" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F407" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B408" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C408" s="18" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D408" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E408" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="F408" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B409" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C409" s="11" t="s">
+        <v>508</v>
+      </c>
+      <c r="D409" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E409" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F409" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B410" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C410" s="11" t="s">
+        <v>509</v>
+      </c>
+      <c r="D410" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E410" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F410" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B411" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C411" s="11" t="s">
+        <v>510</v>
+      </c>
+      <c r="D411" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E411" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F411" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B412" s="11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C412" s="11" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D412" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E412" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F412" s="11"/>
+    </row>
+    <row r="413" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B413" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C413" s="11" t="s">
+        <v>511</v>
+      </c>
+      <c r="D413" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E413" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F413" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B414" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C414" s="11" t="s">
+        <v>512</v>
+      </c>
+      <c r="D414" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E414" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="F414" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B415" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C415" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="D415" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E415" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F415" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B416" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C416" s="11" t="s">
+        <v>513</v>
+      </c>
+      <c r="D416" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E416" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F416" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B417" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C417" s="11" t="s">
+        <v>514</v>
+      </c>
+      <c r="D417" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E417" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F417" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B418" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C418" s="11" t="s">
+        <v>515</v>
+      </c>
+      <c r="D418" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E418" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F418" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B419" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C419" s="11" t="s">
+        <v>516</v>
+      </c>
+      <c r="D419" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E419" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F419" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="B420" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C420" s="11" t="s">
+        <v>517</v>
+      </c>
+      <c r="D420" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E420" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F420" s="12" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B421" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C421" s="11" t="s">
+        <v>518</v>
+      </c>
+      <c r="D421" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E421" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F421" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B422" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C422" s="11" t="s">
+        <v>519</v>
+      </c>
+      <c r="D422" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E422" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F422" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B423" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C423" s="14" t="s">
+        <v>520</v>
+      </c>
+      <c r="D423" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E423" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="F423" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B424" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C424" s="11" t="s">
+        <v>521</v>
+      </c>
+      <c r="D424" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E424" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F424" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B425" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C425" s="13" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D425" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="E425" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="F425" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B426" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="C426" s="11" t="s">
+        <v>522</v>
+      </c>
+      <c r="D426" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E426" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F426" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B427" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C427" s="11" t="s">
+        <v>523</v>
+      </c>
+      <c r="D427" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E427" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F427" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B428" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C428" s="11" t="s">
+        <v>524</v>
+      </c>
+      <c r="D428" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E428" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F428" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B429" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C429" s="11" t="s">
+        <v>525</v>
+      </c>
+      <c r="D429" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E429" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F429" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B430" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C430" s="11" t="s">
+        <v>526</v>
+      </c>
+      <c r="D430" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E430" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F430" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B431" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C431" s="13" t="s">
+        <v>527</v>
+      </c>
+      <c r="D431" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E431" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F431" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B432" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C432" s="11" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D432" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E432" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F432" s="11"/>
+    </row>
+    <row r="433" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B433" s="11" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C433" s="12" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D433" s="12" t="s">
+        <v>413</v>
+      </c>
+      <c r="E433" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F433" s="12" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B434" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C434" s="11" t="s">
+        <v>528</v>
+      </c>
+      <c r="D434" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E434" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F434" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B435" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C435" s="11" t="s">
+        <v>529</v>
+      </c>
+      <c r="D435" s="11" t="s">
+        <v>402</v>
+      </c>
+      <c r="E435" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="F435" s="11" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B436" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C436" s="11" t="s">
+        <v>530</v>
+      </c>
+      <c r="D436" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E436" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F436" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B437" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C437" s="13" t="s">
+        <v>531</v>
+      </c>
+      <c r="D437" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E437" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F437" s="13" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B438" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C438" s="11" t="s">
+        <v>532</v>
+      </c>
+      <c r="D438" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E438" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F438" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B439" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C439" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="D439" s="14" t="s">
+        <v>718</v>
+      </c>
+      <c r="E439" s="14" t="s">
+        <v>719</v>
+      </c>
+      <c r="F439" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B440" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C440" s="11" t="s">
+        <v>534</v>
+      </c>
+      <c r="D440" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E440" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F440" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B441" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C441" s="11" t="s">
+        <v>535</v>
+      </c>
+      <c r="D441" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E441" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F441" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B442" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C442" s="11" t="s">
+        <v>536</v>
+      </c>
+      <c r="D442" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E442" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="F442" s="11" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B443" s="11" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C443" s="11" t="s">
+        <v>537</v>
+      </c>
+      <c r="D443" s="11" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E443" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="11" t="s">
-[...13 lines deleted...]
-      <c r="B4" s="11" t="s">
+      <c r="F443" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B444" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C444" s="13" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D444" s="11" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E444" s="13" t="s">
+        <v>403</v>
+      </c>
+      <c r="F444" s="11" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B445" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C445" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="D445" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="E445" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F445" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B446" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C446" s="11" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D446" s="11" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E446" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F446" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B447" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C447" s="11" t="s">
+        <v>539</v>
+      </c>
+      <c r="D447" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E447" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F447" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B448" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C448" s="11" t="s">
+        <v>540</v>
+      </c>
+      <c r="D448" s="11" t="s">
+        <v>541</v>
+      </c>
+      <c r="E448" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F448" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B449" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C449" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="D449" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E449" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F449" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B450" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C450" s="13" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D450" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E450" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F450" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B451" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C451" s="11" t="s">
+        <v>544</v>
+      </c>
+      <c r="D451" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E451" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F451" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B452" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C452" s="13" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D452" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E452" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F452" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B453" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C453" s="13" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D453" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="E453" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="F453" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B454" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C454" s="11" t="s">
+        <v>545</v>
+      </c>
+      <c r="D454" s="11" t="s">
+        <v>546</v>
+      </c>
+      <c r="E454" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="F454" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B455" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C455" s="11" t="s">
+        <v>548</v>
+      </c>
+      <c r="D455" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E455" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F455" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B456" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C456" s="11" t="s">
+        <v>550</v>
+      </c>
+      <c r="D456" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="E456" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F456" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B457" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C457" s="11" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D457" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E457" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F457" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B458" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C458" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="D458" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E458" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F458" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B459" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C459" s="11" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D459" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E459" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F459" s="11"/>
+    </row>
+    <row r="460" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B460" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C460" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="D460" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E460" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F460" s="11" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A461" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B461" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C461" s="11" t="s">
+        <v>553</v>
+      </c>
+      <c r="D461" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E461" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F461" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="B462" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C462" s="11" t="s">
+        <v>554</v>
+      </c>
+      <c r="D462" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E462" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F462" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B463" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C463" s="13" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D463" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E463" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F463" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B464" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C464" s="13" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D464" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E464" s="13" t="s">
+        <v>305</v>
+      </c>
+      <c r="F464" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A465" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B465" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C465" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="D465" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E465" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F465" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B466" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C466" s="11" t="s">
+        <v>559</v>
+      </c>
+      <c r="D466" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E466" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F466" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B467" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C467" s="13" t="s">
+        <v>560</v>
+      </c>
+      <c r="D467" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E467" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F467" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B468" s="11" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C468" s="11" t="s">
+        <v>561</v>
+      </c>
+      <c r="D468" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E468" s="11" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F468" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B469" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C469" s="11" t="s">
+        <v>563</v>
+      </c>
+      <c r="D469" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E469" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F469" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B470" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C470" s="13" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D470" s="11" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E470" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="11" t="s">
+      <c r="F470" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B471" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C471" s="11" t="s">
+        <v>565</v>
+      </c>
+      <c r="D471" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E471" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F471" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B472" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C472" s="11" t="s">
+        <v>566</v>
+      </c>
+      <c r="D472" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E472" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F472" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B473" s="11" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C473" s="11" t="s">
+        <v>567</v>
+      </c>
+      <c r="D473" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E473" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F473" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B474" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C474" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="D474" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E474" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F474" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B475" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C475" s="11" t="s">
+        <v>569</v>
+      </c>
+      <c r="D475" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E475" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F475" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B476" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C476" s="11" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D476" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E476" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F476" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B477" s="11" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C477" s="11" t="s">
+        <v>839</v>
+      </c>
+      <c r="D477" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E477" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F477" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B478" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C478" s="11" t="s">
+        <v>570</v>
+      </c>
+      <c r="D478" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E478" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F478" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B479" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C479" s="11" t="s">
+        <v>571</v>
+      </c>
+      <c r="D479" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F479" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B480" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C480" s="11" t="s">
+        <v>572</v>
+      </c>
+      <c r="D480" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F480" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B481" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C481" s="11" t="s">
+        <v>573</v>
+      </c>
+      <c r="D481" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E481" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F481" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B482" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C482" s="11" t="s">
+        <v>574</v>
+      </c>
+      <c r="D482" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E482" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F482" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B483" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C483" s="11" t="s">
+        <v>576</v>
+      </c>
+      <c r="D483" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E483" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F483" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B484" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C484" s="11" t="s">
+        <v>577</v>
+      </c>
+      <c r="D484" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E484" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F484" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B485" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C485" s="14" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D485" s="14" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E485" s="14" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F485" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A486" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B486" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C486" s="14" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D486" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E486" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="F486" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A487" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B487" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C487" s="11" t="s">
+        <v>579</v>
+      </c>
+      <c r="D487" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="E487" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F487" s="11" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B488" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C488" s="11" t="s">
+        <v>580</v>
+      </c>
+      <c r="D488" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E488" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F488" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B489" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C489" s="13" t="s">
+        <v>581</v>
+      </c>
+      <c r="D489" s="13" t="s">
+        <v>379</v>
+      </c>
+      <c r="E489" s="13" t="s">
+        <v>380</v>
+      </c>
+      <c r="F489" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A490" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B490" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C490" s="13" t="s">
+        <v>582</v>
+      </c>
+      <c r="D490" s="11" t="s">
+        <v>583</v>
+      </c>
+      <c r="E490" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F490" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B491" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C491" s="11" t="s">
+        <v>584</v>
+      </c>
+      <c r="D491" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E491" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F491" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B492" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C492" s="11" t="s">
+        <v>585</v>
+      </c>
+      <c r="D492" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="E492" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F492" s="11" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B493" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C493" s="11" t="s">
+        <v>586</v>
+      </c>
+      <c r="D493" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E493" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F493" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A494" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B494" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C494" s="11" t="s">
+        <v>587</v>
+      </c>
+      <c r="D494" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E494" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F494" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A495" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B495" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C495" s="13" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D495" s="11" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E495" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F495" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B496" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C496" s="11" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D496" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E496" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F496" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A497" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B497" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C497" s="11" t="s">
+        <v>588</v>
+      </c>
+      <c r="D497" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E497" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F497" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A498" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B498" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C498" s="13" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D498" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="E498" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F498" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B499" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C499" s="11" t="s">
+        <v>589</v>
+      </c>
+      <c r="D499" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E499" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F499" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A500" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B500" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C500" s="11" t="s">
+        <v>590</v>
+      </c>
+      <c r="D500" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E500" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F500" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A501" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B501" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C501" s="11" t="s">
+        <v>591</v>
+      </c>
+      <c r="D501" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E501" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F501" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A502" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B502" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C502" s="11" t="s">
+        <v>592</v>
+      </c>
+      <c r="D502" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E502" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F502" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A503" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B503" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C503" s="12" t="s">
+        <v>593</v>
+      </c>
+      <c r="D503" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E503" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="F503" s="12" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A504" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B504" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C504" s="13" t="s">
+        <v>594</v>
+      </c>
+      <c r="D504" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="D4" s="11" t="s">
+      <c r="E504" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="E4" s="11" t="s">
-[...13 lines deleted...]
-      <c r="B5" s="11" t="s">
+      <c r="F504" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A505" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B505" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C505" s="11" t="s">
+        <v>595</v>
+      </c>
+      <c r="D505" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E505" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F505" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A506" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B506" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C506" s="11" t="s">
+        <v>596</v>
+      </c>
+      <c r="D506" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E506" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F506" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A507" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B507" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C507" s="11" t="s">
+        <v>597</v>
+      </c>
+      <c r="D507" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F507" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A508" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B508" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C508" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="D508" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E508" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F508" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B509" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C509" s="13" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D509" s="13" t="s">
+        <v>360</v>
+      </c>
+      <c r="E509" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="F509" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A510" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B510" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C510" s="11" t="s">
+        <v>599</v>
+      </c>
+      <c r="D510" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E510" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F510" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B511" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C511" s="11" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D511" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E511" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F511" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B512" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C512" s="11" t="s">
+        <v>602</v>
+      </c>
+      <c r="D512" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E512" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F512" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B513" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C513" s="11" t="s">
+        <v>603</v>
+      </c>
+      <c r="D513" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E513" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F513" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B514" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C514" s="11" t="s">
+        <v>604</v>
+      </c>
+      <c r="D514" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E514" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F514" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B515" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C515" s="13" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D515" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="E515" s="11" t="s">
+        <v>619</v>
+      </c>
+      <c r="F515" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A516" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B516" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C516" s="11" t="s">
+        <v>605</v>
+      </c>
+      <c r="D516" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E516" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F516" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A517" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B517" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C517" s="11" t="s">
+        <v>606</v>
+      </c>
+      <c r="D517" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E517" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F517" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A518" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B518" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C518" s="11" t="s">
+        <v>607</v>
+      </c>
+      <c r="D518" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="E518" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F518" s="11" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A519" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B519" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C519" s="11" t="s">
+        <v>608</v>
+      </c>
+      <c r="D519" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E519" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F519" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A520" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B520" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C520" s="11" t="s">
+        <v>609</v>
+      </c>
+      <c r="D520" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E520" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F520" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A521" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B521" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C521" s="11" t="s">
+        <v>610</v>
+      </c>
+      <c r="D521" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E521" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F521" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B522" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C522" s="11" t="s">
+        <v>611</v>
+      </c>
+      <c r="D522" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E522" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F522" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A523" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B523" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C523" s="11" t="s">
+        <v>612</v>
+      </c>
+      <c r="D523" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E523" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F523" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B524" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C524" s="11" t="s">
+        <v>613</v>
+      </c>
+      <c r="D524" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E524" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F524" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B525" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C525" s="13" t="s">
+        <v>614</v>
+      </c>
+      <c r="D525" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E525" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F525" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A526" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B526" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C526" s="11" t="s">
+        <v>615</v>
+      </c>
+      <c r="D526" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E526" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F526" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A527" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B527" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C527" s="13" t="s">
+        <v>616</v>
+      </c>
+      <c r="D527" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E527" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F527" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A528" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B528" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C528" s="11" t="s">
+        <v>617</v>
+      </c>
+      <c r="D528" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="E528" s="11" t="s">
+        <v>619</v>
+      </c>
+      <c r="F528" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B529" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C529" s="11" t="s">
+        <v>620</v>
+      </c>
+      <c r="D529" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E529" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F529" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B530" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C530" s="11" t="s">
+        <v>621</v>
+      </c>
+      <c r="D530" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E530" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F530" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B531" s="14" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C531" s="14" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D531" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E531" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F531" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A532" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B532" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C532" s="13" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D532" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E532" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F532" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A533" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B533" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C533" s="11" t="s">
+        <v>622</v>
+      </c>
+      <c r="D533" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E533" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F533" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A534" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B534" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C534" s="11" t="s">
+        <v>623</v>
+      </c>
+      <c r="D534" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E534" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F534" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A535" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B535" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C535" s="11" t="s">
+        <v>624</v>
+      </c>
+      <c r="D535" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E535" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F535" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A536" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B536" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C536" s="11" t="s">
+        <v>625</v>
+      </c>
+      <c r="D536" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E536" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F536" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B537" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C537" s="14" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D537" s="14" t="s">
+        <v>164</v>
+      </c>
+      <c r="E537" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F537" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B538" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C538" s="11" t="s">
+        <v>626</v>
+      </c>
+      <c r="D538" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E538" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F538" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A539" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B539" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C539" s="13" t="s">
+        <v>627</v>
+      </c>
+      <c r="D539" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E539" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F539" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A540" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B540" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C540" s="11" t="s">
+        <v>628</v>
+      </c>
+      <c r="D540" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E540" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F540" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A541" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B541" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C541" s="11" t="s">
+        <v>629</v>
+      </c>
+      <c r="D541" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E541" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F541" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A542" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B542" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C542" s="11" t="s">
+        <v>630</v>
+      </c>
+      <c r="D542" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E542" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F542" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A543" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B543" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C543" s="13" t="s">
+        <v>631</v>
+      </c>
+      <c r="D543" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E543" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F543" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A544" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B544" s="14" t="s">
+        <v>558</v>
+      </c>
+      <c r="C544" s="14" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D544" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E544" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F544" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A545" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B545" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C545" s="11" t="s">
+        <v>632</v>
+      </c>
+      <c r="D545" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E545" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F545" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B546" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C546" s="11" t="s">
+        <v>633</v>
+      </c>
+      <c r="D546" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="E546" s="11" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F546" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A547" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B547" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C547" s="13" t="s">
+        <v>634</v>
+      </c>
+      <c r="D547" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E547" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="F547" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A548" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B548" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C548" s="11" t="s">
+        <v>635</v>
+      </c>
+      <c r="D548" s="11" t="s">
+        <v>636</v>
+      </c>
+      <c r="E548" s="11" t="s">
+        <v>637</v>
+      </c>
+      <c r="F548" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A549" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B549" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C549" s="13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D549" s="14" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E549" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F549" s="14" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A550" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B550" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C550" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="D550" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E550" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F550" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A551" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B551" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C551" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="D551" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E551" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F551" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A552" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B552" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C552" s="11" t="s">
+        <v>640</v>
+      </c>
+      <c r="D552" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E552" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F552" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A553" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B553" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C553" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="D553" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E553" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F553" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B554" s="14" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C554" s="14" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D554" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E554" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F554" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A555" s="12" t="s">
+        <v>555</v>
+      </c>
+      <c r="B555" s="12" t="s">
+        <v>562</v>
+      </c>
+      <c r="C555" s="12" t="s">
+        <v>642</v>
+      </c>
+      <c r="D555" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E555" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F555" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B556" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C556" s="11" t="s">
+        <v>643</v>
+      </c>
+      <c r="D556" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E556" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F556" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B557" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C557" s="11" t="s">
+        <v>644</v>
+      </c>
+      <c r="D557" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E557" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F557" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A558" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B558" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C558" s="11" t="s">
+        <v>645</v>
+      </c>
+      <c r="D558" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E558" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F558" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B559" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C559" s="11" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D559" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E559" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F559" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A560" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B560" s="11" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C560" s="11" t="s">
+        <v>646</v>
+      </c>
+      <c r="D560" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E560" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F560" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A561" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B561" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C561" s="11" t="s">
+        <v>647</v>
+      </c>
+      <c r="D561" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E561" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F561" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A562" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B562" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C562" s="11" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D562" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E562" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="F562" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A563" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B563" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C563" s="11" t="s">
+        <v>650</v>
+      </c>
+      <c r="D563" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E563" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F563" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A564" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B564" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C564" s="11" t="s">
+        <v>651</v>
+      </c>
+      <c r="D564" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E564" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F564" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A565" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B565" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C565" s="11" t="s">
+        <v>652</v>
+      </c>
+      <c r="D565" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E565" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F565" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A566" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B566" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C566" s="11" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D566" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E566" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F566" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A567" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B567" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C567" s="11" t="s">
+        <v>653</v>
+      </c>
+      <c r="D567" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E567" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F567" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B568" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C568" s="13" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D568" s="11" t="s">
+        <v>365</v>
+      </c>
+      <c r="E568" s="13" t="s">
+        <v>366</v>
+      </c>
+      <c r="F568" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A569" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B569" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C569" s="11" t="s">
+        <v>654</v>
+      </c>
+      <c r="D569" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E569" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F569" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A570" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B570" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C570" s="13" t="s">
+        <v>655</v>
+      </c>
+      <c r="D570" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E570" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F570" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A571" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B571" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C571" s="11" t="s">
+        <v>656</v>
+      </c>
+      <c r="D571" s="11" t="s">
+        <v>657</v>
+      </c>
+      <c r="E571" s="11" t="s">
+        <v>658</v>
+      </c>
+      <c r="F571" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A572" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B572" s="11" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C572" s="11" t="s">
+        <v>659</v>
+      </c>
+      <c r="D572" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E572" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F572" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A573" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B573" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C573" s="11" t="s">
+        <v>660</v>
+      </c>
+      <c r="D573" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E573" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F573" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B574" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C574" s="13" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D574" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E574" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="F574" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A575" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B575" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C575" s="11" t="s">
+        <v>661</v>
+      </c>
+      <c r="D575" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E575" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F575" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A576" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B576" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C576" s="13" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D576" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E576" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F576" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A577" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B577" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C577" s="11" t="s">
+        <v>662</v>
+      </c>
+      <c r="D577" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E577" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="F577" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A578" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B578" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C578" s="11" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D578" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E578" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F578" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A579" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B579" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C579" s="11" t="s">
+        <v>663</v>
+      </c>
+      <c r="D579" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E579" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F579" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="580" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A580" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B580" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C580" s="11" t="s">
+        <v>664</v>
+      </c>
+      <c r="D580" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E580" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F580" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A581" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B581" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C581" s="11" t="s">
+        <v>665</v>
+      </c>
+      <c r="D581" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E581" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F581" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A582" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B582" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C582" s="11" t="s">
+        <v>666</v>
+      </c>
+      <c r="D582" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E582" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F582" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A583" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B583" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C583" s="13" t="s">
+        <v>667</v>
+      </c>
+      <c r="D583" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E583" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F583" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A584" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B584" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C584" s="11" t="s">
+        <v>668</v>
+      </c>
+      <c r="D584" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E584" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F584" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A585" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B585" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C585" s="11" t="s">
+        <v>669</v>
+      </c>
+      <c r="D585" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="E585" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F585" s="11" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B586" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C586" s="11" t="s">
+        <v>670</v>
+      </c>
+      <c r="D586" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E586" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F586" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A587" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B587" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C587" s="11" t="s">
+        <v>671</v>
+      </c>
+      <c r="D587" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E587" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F587" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A588" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B588" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C588" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D588" s="11" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E588" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F588" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A589" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B589" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C589" s="11" t="s">
+        <v>672</v>
+      </c>
+      <c r="D589" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E589" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F589" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A590" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B590" s="11" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C590" s="12" t="s">
+        <v>673</v>
+      </c>
+      <c r="D590" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E590" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F590" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A591" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B591" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C591" s="11" t="s">
+        <v>674</v>
+      </c>
+      <c r="D591" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E591" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F591" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A592" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B592" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C592" s="11" t="s">
+        <v>675</v>
+      </c>
+      <c r="D592" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="E592" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F592" s="11" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A593" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B593" s="14" t="s">
+        <v>564</v>
+      </c>
+      <c r="C593" s="14" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D593" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E593" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F593" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A594" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B594" s="11" t="s">
+        <v>676</v>
+      </c>
+      <c r="C594" s="11" t="s">
+        <v>677</v>
+      </c>
+      <c r="D594" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E594" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F594" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A595" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B595" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C595" s="11" t="s">
+        <v>678</v>
+      </c>
+      <c r="D595" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E595" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F595" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A596" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B596" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C596" s="11" t="s">
+        <v>679</v>
+      </c>
+      <c r="D596" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E596" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F596" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A597" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B597" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C597" s="11" t="s">
+        <v>680</v>
+      </c>
+      <c r="D597" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E597" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F597" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A598" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B598" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C598" s="11" t="s">
+        <v>681</v>
+      </c>
+      <c r="D598" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E598" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F598" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A599" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B599" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C599" s="13" t="s">
+        <v>682</v>
+      </c>
+      <c r="D599" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E599" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F599" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A600" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B600" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C600" s="11" t="s">
+        <v>683</v>
+      </c>
+      <c r="D600" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E600" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F600" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B601" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C601" s="11" t="s">
+        <v>684</v>
+      </c>
+      <c r="D601" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E601" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F601" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A602" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B602" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C602" s="13" t="s">
+        <v>685</v>
+      </c>
+      <c r="D602" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E602" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F602" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A603" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B603" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C603" s="11" t="s">
+        <v>686</v>
+      </c>
+      <c r="D603" s="11" t="s">
+        <v>687</v>
+      </c>
+      <c r="E603" s="11" t="s">
+        <v>688</v>
+      </c>
+      <c r="F603" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A604" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B604" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C604" s="13" t="s">
+        <v>689</v>
+      </c>
+      <c r="D604" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E604" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F604" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A605" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B605" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C605" s="11" t="s">
+        <v>690</v>
+      </c>
+      <c r="D605" s="11" t="s">
+        <v>691</v>
+      </c>
+      <c r="E605" s="11" t="s">
+        <v>692</v>
+      </c>
+      <c r="F605" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A606" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B606" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C606" s="14" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D606" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="E606" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="F606" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A607" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B607" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C607" s="11" t="s">
+        <v>693</v>
+      </c>
+      <c r="D607" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E607" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F607" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A608" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B608" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C608" s="11" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D608" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E608" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F608" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A609" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B609" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C609" s="13" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D609" s="11" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E609" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F609" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A610" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B610" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C610" s="11" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D610" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="E610" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F610" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A611" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B611" s="11" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C611" s="12" t="s">
+        <v>694</v>
+      </c>
+      <c r="D611" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E611" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F611" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A612" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B612" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C612" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="D612" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E612" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F612" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A613" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B613" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C613" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="D613" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="E613" s="11" t="s">
+        <v>619</v>
+      </c>
+      <c r="F613" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A614" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B614" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C614" s="11" t="s">
+        <v>697</v>
+      </c>
+      <c r="D614" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E614" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F614" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A615" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B615" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C615" s="11" t="s">
+        <v>698</v>
+      </c>
+      <c r="D615" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E615" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F615" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A616" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B616" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C616" s="11" t="s">
+        <v>699</v>
+      </c>
+      <c r="D616" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E616" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F616" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A617" s="12" t="s">
+        <v>555</v>
+      </c>
+      <c r="B617" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C617" s="11" t="s">
+        <v>700</v>
+      </c>
+      <c r="D617" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E617" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F617" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A618" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B618" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C618" s="11" t="s">
+        <v>701</v>
+      </c>
+      <c r="D618" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E618" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F618" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A619" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B619" s="14" t="s">
+        <v>564</v>
+      </c>
+      <c r="C619" s="14" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D619" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E619" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F619" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B620" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C620" s="11" t="s">
+        <v>702</v>
+      </c>
+      <c r="D620" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E620" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F620" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A621" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B621" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C621" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="D621" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E621" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F621" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A622" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B622" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C622" s="11" t="s">
+        <v>704</v>
+      </c>
+      <c r="D622" s="11" t="s">
+        <v>600</v>
+      </c>
+      <c r="E622" s="11" t="s">
+        <v>601</v>
+      </c>
+      <c r="F622" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A623" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B623" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C623" s="11" t="s">
+        <v>705</v>
+      </c>
+      <c r="D623" s="11" t="s">
+        <v>600</v>
+      </c>
+      <c r="E623" s="11" t="s">
+        <v>601</v>
+      </c>
+      <c r="F623" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A624" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B624" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C624" s="11" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D624" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E624" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F624" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A625" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B625" s="11" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C625" s="11" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D625" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="E625" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="F625" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A626" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B626" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C626" s="11" t="s">
+        <v>706</v>
+      </c>
+      <c r="D626" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E626" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F626" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A627" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B627" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C627" s="13" t="s">
+        <v>707</v>
+      </c>
+      <c r="D627" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E627" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F627" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A628" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B628" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C628" s="11" t="s">
+        <v>708</v>
+      </c>
+      <c r="D628" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E628" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="F628" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A629" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B629" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C629" s="11" t="s">
+        <v>709</v>
+      </c>
+      <c r="D629" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E629" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F629" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A630" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B630" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C630" s="11" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D630" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E630" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F630" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A631" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B631" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C631" s="11" t="s">
+        <v>710</v>
+      </c>
+      <c r="D631" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E631" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F631" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A632" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B632" s="11" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C632" s="13" t="s">
+        <v>711</v>
+      </c>
+      <c r="D632" s="11" t="s">
+        <v>712</v>
+      </c>
+      <c r="E632" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F632" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A633" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B633" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C633" s="11" t="s">
+        <v>949</v>
+      </c>
+      <c r="D633" s="11" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E633" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F633" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A634" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B634" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C634" s="11" t="s">
+        <v>713</v>
+      </c>
+      <c r="D634" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E634" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F634" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A635" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B635" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C635" s="11" t="s">
+        <v>714</v>
+      </c>
+      <c r="D635" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E635" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F635" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A636" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B636" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C636" s="12" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D636" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="E636" s="12" t="s">
+        <v>310</v>
+      </c>
+      <c r="F636" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A637" s="12" t="s">
+        <v>555</v>
+      </c>
+      <c r="B637" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C637" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="D637" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="E637" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F637" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B638" s="14" t="s">
+        <v>556</v>
+      </c>
+      <c r="C638" s="14" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D638" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="E638" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F638" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A639" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B639" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C639" s="11" t="s">
+        <v>716</v>
+      </c>
+      <c r="D639" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E639" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F639" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A640" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B640" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C640" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="D640" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="E640" s="11" t="s">
+        <v>719</v>
+      </c>
+      <c r="F640" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A641" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B641" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C641" s="11" t="s">
+        <v>720</v>
+      </c>
+      <c r="D641" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E641" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F641" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A642" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="B642" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C642" s="13" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D642" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="E642" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F642" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A643" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B643" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C643" s="11" t="s">
+        <v>721</v>
+      </c>
+      <c r="D643" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E643" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F643" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A644" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B644" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C644" s="11" t="s">
+        <v>722</v>
+      </c>
+      <c r="D644" s="11" t="s">
+        <v>723</v>
+      </c>
+      <c r="E644" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="F644" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A645" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B645" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C645" s="11" t="s">
+        <v>724</v>
+      </c>
+      <c r="D645" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E645" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F645" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A646" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B646" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C646" s="11" t="s">
+        <v>725</v>
+      </c>
+      <c r="D646" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E646" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F646" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A647" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B647" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C647" s="14" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D647" s="14" t="s">
+        <v>164</v>
+      </c>
+      <c r="E647" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F647" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A648" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B648" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C648" s="13" t="s">
+        <v>726</v>
+      </c>
+      <c r="D648" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E648" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F648" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A649" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B649" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C649" s="11" t="s">
+        <v>727</v>
+      </c>
+      <c r="D649" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E649" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F649" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A650" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B650" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C650" s="11" t="s">
+        <v>728</v>
+      </c>
+      <c r="D650" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E650" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F650" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A651" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B651" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C651" s="11" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D651" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E651" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F651" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A652" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B652" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C652" s="11" t="s">
+        <v>729</v>
+      </c>
+      <c r="D652" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E652" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F652" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A653" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="B653" s="14" t="s">
+        <v>564</v>
+      </c>
+      <c r="C653" s="14" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D653" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E653" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F653" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A654" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B654" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C654" s="11" t="s">
+        <v>730</v>
+      </c>
+      <c r="D654" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E654" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F654" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A655" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B655" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C655" s="11" t="s">
+        <v>731</v>
+      </c>
+      <c r="D655" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E655" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F655" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A656" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B656" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C656" s="11" t="s">
+        <v>732</v>
+      </c>
+      <c r="D656" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E656" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F656" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A657" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B657" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C657" s="11" t="s">
+        <v>733</v>
+      </c>
+      <c r="D657" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E657" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F657" s="11" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A658" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B658" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C658" s="13" t="s">
+        <v>734</v>
+      </c>
+      <c r="D658" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E658" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F658" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A659" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B659" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C659" s="11" t="s">
+        <v>735</v>
+      </c>
+      <c r="D659" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E659" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F659" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A660" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B660" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C660" s="11" t="s">
+        <v>736</v>
+      </c>
+      <c r="D660" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E660" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F660" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A661" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B661" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C661" s="11" t="s">
+        <v>737</v>
+      </c>
+      <c r="D661" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E661" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F661" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A662" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B662" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C662" s="11" t="s">
+        <v>738</v>
+      </c>
+      <c r="D662" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E662" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="F662" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A663" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B663" s="11" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C663" s="11" t="s">
+        <v>739</v>
+      </c>
+      <c r="D663" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E663" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F663" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A664" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B664" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C664" s="11" t="s">
+        <v>740</v>
+      </c>
+      <c r="D664" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E664" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F664" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A665" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B665" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C665" s="11" t="s">
+        <v>741</v>
+      </c>
+      <c r="D665" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="E665" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="F665" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A666" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B666" s="11" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C666" s="11" t="s">
+        <v>742</v>
+      </c>
+      <c r="D666" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E666" s="11" t="s">
+        <v>477</v>
+      </c>
+      <c r="F666" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A667" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B667" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C667" s="11" t="s">
+        <v>743</v>
+      </c>
+      <c r="D667" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E667" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F667" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A668" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B668" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C668" s="11" t="s">
+        <v>744</v>
+      </c>
+      <c r="D668" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="D5" s="11" t="s">
+      <c r="E668" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="11" t="s">
-[...13 lines deleted...]
-      <c r="B6" s="11" t="s">
+      <c r="F668" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A669" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B669" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C669" s="11" t="s">
+        <v>745</v>
+      </c>
+      <c r="D669" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E669" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F669" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A670" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B670" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C670" s="11" t="s">
+        <v>746</v>
+      </c>
+      <c r="D670" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="E670" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F670" s="11" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6" s="9" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A671" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B671" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C671" s="11" t="s">
+        <v>747</v>
+      </c>
+      <c r="D671" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E671" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F671" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A672" s="12" t="s">
+        <v>555</v>
+      </c>
+      <c r="B672" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C672" s="11" t="s">
+        <v>748</v>
+      </c>
+      <c r="D672" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="E672" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="F672" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A673" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B673" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C673" s="11" t="s">
+        <v>749</v>
+      </c>
+      <c r="D673" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E673" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F673" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A674" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B674" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C674" s="11" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D674" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="E674" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="F674" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A675" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B675" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C675" s="11" t="s">
+        <v>750</v>
+      </c>
+      <c r="D675" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E675" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F675" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A676" s="11" t="s">
+        <v>555</v>
+      </c>
+      <c r="B676" s="11" t="s">
+        <v>558</v>
+      </c>
+      <c r="C676" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="D676" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E676" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F676" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A677" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B677" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C677" s="11" t="s">
+        <v>753</v>
+      </c>
+      <c r="D677" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E677" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F677" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A678" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B678" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C678" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="D678" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E678" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F678" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A679" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B679" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C679" s="11" t="s">
+        <v>755</v>
+      </c>
+      <c r="D679" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E679" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F679" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A680" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B680" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C680" s="11" t="s">
+        <v>757</v>
+      </c>
+      <c r="D680" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E680" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F680" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A681" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B681" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C681" s="11" t="s">
+        <v>758</v>
+      </c>
+      <c r="D681" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E681" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F681" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A682" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B682" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C682" s="11" t="s">
+        <v>759</v>
+      </c>
+      <c r="D682" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E682" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F682" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A683" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B683" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C683" s="11" t="s">
+        <v>760</v>
+      </c>
+      <c r="D683" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="E683" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="F683" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A684" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B684" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C684" s="11" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D684" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E684" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F684" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A685" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B685" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C685" s="11" t="s">
+        <v>761</v>
+      </c>
+      <c r="D685" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E685" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F685" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A686" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B686" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C686" s="11" t="s">
+        <v>762</v>
+      </c>
+      <c r="D686" s="11" t="s">
+        <v>763</v>
+      </c>
+      <c r="E686" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="F686" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A687" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B687" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C687" s="11" t="s">
+        <v>765</v>
+      </c>
+      <c r="D687" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E687" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F687" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A688" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B688" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C688" s="11" t="s">
+        <v>766</v>
+      </c>
+      <c r="D688" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="E688" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="F688" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A689" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="B689" s="11" t="s">
+        <v>752</v>
+      </c>
+      <c r="C689" s="11" t="s">
+        <v>767</v>
+      </c>
+      <c r="D689" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="E689" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F689" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A690" s="11" t="s">
+        <v>768</v>
+      </c>
+      <c r="B690" s="11" t="s">
+        <v>769</v>
+      </c>
+      <c r="C690" s="15" t="s">
+        <v>770</v>
+      </c>
+      <c r="D690" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E690" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F690" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A691" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="B691" s="11" t="s">
+        <v>772</v>
+      </c>
+      <c r="C691" s="11" t="s">
+        <v>773</v>
+      </c>
+      <c r="D691" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E691" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F691" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A692" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="B692" s="11" t="s">
+        <v>772</v>
+      </c>
+      <c r="C692" s="11" t="s">
+        <v>774</v>
+      </c>
+      <c r="D692" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E692" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F692" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A693" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B693" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C693" s="11" t="s">
+        <v>777</v>
+      </c>
+      <c r="D693" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E693" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F693" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B694" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C694" s="11" t="s">
+        <v>376</v>
+      </c>
+      <c r="D694" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E694" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F694" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A695" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B695" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C695" s="11" t="s">
+        <v>778</v>
+      </c>
+      <c r="D695" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E695" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F695" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A696" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B696" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C696" s="11" t="s">
+        <v>779</v>
+      </c>
+      <c r="D696" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E696" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F696" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A697" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B697" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C697" s="11" t="s">
+        <v>780</v>
+      </c>
+      <c r="D697" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E697" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F697" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A698" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B698" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C698" s="11" t="s">
+        <v>781</v>
+      </c>
+      <c r="D698" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E698" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F698" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A699" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B699" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C699" s="11" t="s">
+        <v>782</v>
+      </c>
+      <c r="D699" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="E699" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F699" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A700" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B700" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C700" s="11" t="s">
+        <v>783</v>
+      </c>
+      <c r="D700" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E700" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F700" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A701" s="11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B701" s="11" t="s">
+        <v>776</v>
+      </c>
+      <c r="C701" s="11" t="s">
+        <v>784</v>
+      </c>
+      <c r="D701" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E701" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F701" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B702" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C702" s="11" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D702" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E702" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F702" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A703" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B703" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C703" s="11" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D703" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E703" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F703" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A704" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B704" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C704" s="13" t="s">
+        <v>802</v>
+      </c>
+      <c r="D704" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E704" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F704" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A705" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B705" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C705" s="13" t="s">
+        <v>803</v>
+      </c>
+      <c r="D705" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E705" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F705" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A706" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B706" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C706" s="11" t="s">
+        <v>804</v>
+      </c>
+      <c r="D706" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E706" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F706" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B707" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C707" s="11" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D707" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E707" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F707" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A708" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B708" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C708" s="11" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D708" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E708" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F708" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A709" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B709" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C709" s="11" t="s">
+        <v>805</v>
+      </c>
+      <c r="D709" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E709" s="11" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F709" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A710" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B710" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C710" s="11" t="s">
+        <v>808</v>
+      </c>
+      <c r="D710" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E710" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="F710" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A711" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B711" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C711" s="11" t="s">
+        <v>809</v>
+      </c>
+      <c r="D711" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E711" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F711" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A712" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B712" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C712" s="11" t="s">
+        <v>578</v>
+      </c>
+      <c r="D712" s="11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E712" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F712" s="11" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A713" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B713" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C713" s="11" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D713" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E713" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F713" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A714" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B714" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C714" s="11" t="s">
+        <v>810</v>
+      </c>
+      <c r="D714" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E714" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F714" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A715" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B715" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C715" s="11" t="s">
+        <v>811</v>
+      </c>
+      <c r="D715" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E715" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F715" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A716" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B716" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C716" s="11" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D716" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E716" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F716" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A717" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B717" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C717" s="11" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D717" s="11" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E717" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F717" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A718" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B718" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C718" s="11" t="s">
+        <v>812</v>
+      </c>
+      <c r="D718" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E718" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="F718" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A719" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B719" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C719" s="11" t="s">
+        <v>813</v>
+      </c>
+      <c r="D719" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E719" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F719" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A720" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B720" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C720" s="16" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D720" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E720" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="F720" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A721" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B721" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C721" s="11" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D721" s="11" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E721" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F721" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A722" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B722" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C722" s="11" t="s">
+        <v>814</v>
+      </c>
+      <c r="D722" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E722" s="11" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F722" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A723" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B723" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C723" s="11" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D723" s="11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E723" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F723" s="11" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A724" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B724" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C724" s="11" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D724" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="E724" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F724" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A725" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B725" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C725" s="11" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D725" s="11" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E725" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F725" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A726" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B726" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C726" s="11" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D726" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E726" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F726" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B727" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C727" s="11" t="s">
+        <v>815</v>
+      </c>
+      <c r="D727" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E727" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F727" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A728" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B728" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C728" s="11" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D728" s="11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E728" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F728" s="11" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A729" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B729" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C729" s="11" t="s">
+        <v>816</v>
+      </c>
+      <c r="D729" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E729" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F729" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A730" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B730" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C730" s="11" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D730" s="11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E730" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F730" s="11" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A731" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B731" s="17" t="s">
+        <v>801</v>
+      </c>
+      <c r="C731" s="17" t="s">
+        <v>817</v>
+      </c>
+      <c r="D731" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E731" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="F731" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A732" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B732" s="11" t="s">
+        <v>801</v>
+      </c>
+      <c r="C732" s="11" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D732" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E732" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F732" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A733" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B733" s="11" t="s">
+        <v>861</v>
+      </c>
+      <c r="C733" s="11" t="s">
+        <v>863</v>
+      </c>
+      <c r="D733" s="11" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E733" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F733" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A734" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B734" s="11" t="s">
+        <v>865</v>
+      </c>
+      <c r="C734" s="11" t="s">
+        <v>864</v>
+      </c>
+      <c r="D734" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E734" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F734" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A735" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B735" s="11" t="s">
+        <v>865</v>
+      </c>
+      <c r="C735" s="11" t="s">
+        <v>866</v>
+      </c>
+      <c r="D735" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E735" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F735" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A736" s="23" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B736" s="17" t="s">
+        <v>865</v>
+      </c>
+      <c r="C736" s="17" t="s">
+        <v>867</v>
+      </c>
+      <c r="D736" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E736" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F736" s="24" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A737" s="11" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B737" s="11" t="s">
+        <v>861</v>
+      </c>
+      <c r="C737" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="D737" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E737" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F737" s="11"/>
+    </row>
+    <row r="738" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A738" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B738" s="11" t="s">
+        <v>861</v>
+      </c>
+      <c r="C738" s="11" t="s">
+        <v>868</v>
+      </c>
+      <c r="D738" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E738" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F738" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A739" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B739" s="11" t="s">
+        <v>869</v>
+      </c>
+      <c r="C739" s="11" t="s">
+        <v>870</v>
+      </c>
+      <c r="D739" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E739" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F739" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="740" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A740" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B740" s="11" t="s">
+        <v>869</v>
+      </c>
+      <c r="C740" s="11" t="s">
+        <v>872</v>
+      </c>
+      <c r="D740" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E740" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F740" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="741" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A741" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B741" s="11" t="s">
+        <v>862</v>
+      </c>
+      <c r="C741" s="11" t="s">
+        <v>873</v>
+      </c>
+      <c r="D741" s="11" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E741" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F741" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A742" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B742" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C742" s="11" t="s">
+        <v>820</v>
+      </c>
+      <c r="D742" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E742" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F742" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="743" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A743" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B743" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C743" s="11" t="s">
+        <v>821</v>
+      </c>
+      <c r="D743" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E743" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F743" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="744" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A744" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B744" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C744" s="11" t="s">
+        <v>822</v>
+      </c>
+      <c r="D744" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E744" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F744" s="11" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="745" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A745" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B745" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C745" s="13" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D745" s="11" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E745" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F745" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="746" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A746" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B746" s="11" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C746" s="11" t="s">
+        <v>823</v>
+      </c>
+      <c r="D746" s="11" t="s">
+        <v>824</v>
+      </c>
+      <c r="E746" s="11" t="s">
+        <v>825</v>
+      </c>
+      <c r="F746" s="11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="747" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A747" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B747" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C747" s="11" t="s">
+        <v>826</v>
+      </c>
+      <c r="D747" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E747" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F747" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="748" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A748" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B748" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C748" s="11" t="s">
+        <v>827</v>
+      </c>
+      <c r="D748" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E748" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F748" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="749" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A749" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B749" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C749" s="11" t="s">
+        <v>828</v>
+      </c>
+      <c r="D749" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E749" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F749" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="750" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A750" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B750" s="11" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C750" s="11" t="s">
+        <v>829</v>
+      </c>
+      <c r="D750" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E750" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F750" s="14" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="751" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A751" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B751" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C751" s="11" t="s">
+        <v>830</v>
+      </c>
+      <c r="D751" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E751" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F751" s="14" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="752" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A752" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B752" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C752" s="11" t="s">
+        <v>831</v>
+      </c>
+      <c r="D752" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E752" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F752" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="753" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A753" s="11" t="s">
+        <v>818</v>
+      </c>
+      <c r="B753" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="C753" s="11" t="s">
+        <v>832</v>
+      </c>
+      <c r="D753" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E753" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F753" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="754" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A754" s="11" t="s">
+        <v>833</v>
+      </c>
+      <c r="B754" s="11" t="s">
+        <v>834</v>
+      </c>
+      <c r="C754" s="11" t="s">
+        <v>835</v>
+      </c>
+      <c r="D754" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E754" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F754" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="755" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A755" s="17" t="s">
+        <v>833</v>
+      </c>
+      <c r="B755" s="17" t="s">
+        <v>834</v>
+      </c>
+      <c r="C755" s="17" t="s">
+        <v>836</v>
+      </c>
+      <c r="D755" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E755" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F755" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A756" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B756" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C756" s="11" t="s">
+        <v>840</v>
+      </c>
+      <c r="D756" s="11" t="s">
+        <v>691</v>
+      </c>
+      <c r="E756" s="11" t="s">
+        <v>692</v>
+      </c>
+      <c r="F756" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A757" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B757" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C757" s="14" t="s">
+        <v>841</v>
+      </c>
+      <c r="D757" s="18" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E757" s="14" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F757" s="11" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A758" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B758" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C758" s="11" t="s">
+        <v>842</v>
+      </c>
+      <c r="D758" s="11" t="s">
+        <v>691</v>
+      </c>
+      <c r="E758" s="11" t="s">
+        <v>692</v>
+      </c>
+      <c r="F758" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A759" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B759" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C759" s="14" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D759" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E759" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F759" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A760" s="14" t="s">
+        <v>837</v>
+      </c>
+      <c r="B760" s="14" t="s">
+        <v>838</v>
+      </c>
+      <c r="C760" s="14" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D760" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="E760" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="F760" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A761" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B761" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C761" s="11" t="s">
+        <v>843</v>
+      </c>
+      <c r="D761" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="E761" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="F761" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A762" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B762" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C762" s="11" t="s">
+        <v>844</v>
+      </c>
+      <c r="D762" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E762" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F762" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A763" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B763" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C763" s="11" t="s">
+        <v>845</v>
+      </c>
+      <c r="D763" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E763" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F763" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A764" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B764" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C764" s="11" t="s">
+        <v>846</v>
+      </c>
+      <c r="D764" s="11" t="s">
+        <v>691</v>
+      </c>
+      <c r="E764" s="11" t="s">
+        <v>692</v>
+      </c>
+      <c r="F764" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A765" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B765" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C765" s="11" t="s">
+        <v>847</v>
+      </c>
+      <c r="D765" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E765" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F765" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A766" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="B766" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="C766" s="11" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D766" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E766" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F766" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A767" s="14" t="s">
+        <v>837</v>
+      </c>
+      <c r="B767" s="14" t="s">
+        <v>838</v>
+      </c>
+      <c r="C767" s="14" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D767" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="E767" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="F767" s="14" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A768" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B768" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C768" s="11" t="s">
+        <v>850</v>
+      </c>
+      <c r="D768" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E768" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F768" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A769" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B769" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C769" s="11" t="s">
+        <v>851</v>
+      </c>
+      <c r="D769" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E769" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F769" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A770" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B770" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C770" s="11" t="s">
+        <v>852</v>
+      </c>
+      <c r="D770" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E770" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F770" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A771" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B771" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C771" s="11" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D771" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E771" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F771" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A772" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B772" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C772" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="D772" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E772" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F772" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A773" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B773" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C773" s="11" t="s">
+        <v>854</v>
+      </c>
+      <c r="D773" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E773" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F773" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A774" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B774" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C774" s="11" t="s">
+        <v>855</v>
+      </c>
+      <c r="D774" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E774" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F774" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A775" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B775" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C775" s="11" t="s">
+        <v>856</v>
+      </c>
+      <c r="D775" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E775" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F775" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="776" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A776" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B776" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C776" s="11" t="s">
+        <v>770</v>
+      </c>
+      <c r="D776" s="11" t="s">
+        <v>857</v>
+      </c>
+      <c r="E776" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F776" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="777" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A777" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B777" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C777" s="11" t="s">
+        <v>858</v>
+      </c>
+      <c r="D777" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E777" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F777" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="778" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A778" s="19" t="s">
+        <v>848</v>
+      </c>
+      <c r="B778" s="20" t="s">
+        <v>849</v>
+      </c>
+      <c r="C778" s="19" t="s">
+        <v>859</v>
+      </c>
+      <c r="D778" s="19" t="s">
+        <v>287</v>
+      </c>
+      <c r="E778" s="19" t="s">
+        <v>288</v>
+      </c>
+      <c r="F778" s="20" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="779" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A779" s="11" t="s">
+        <v>848</v>
+      </c>
+      <c r="B779" s="11" t="s">
+        <v>849</v>
+      </c>
+      <c r="C779" s="11" t="s">
+        <v>860</v>
+      </c>
+      <c r="D779" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E779" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F779" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="780" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A780" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B780" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C780" s="11" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D780" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E780" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F780" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="781" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A781" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B781" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C781" s="11" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D781" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E781" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="11" t="s">
+      <c r="F781" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="782" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A782" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B782" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C782" s="11" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D782" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E782" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F782" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="783" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A783" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B783" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C783" s="13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D783" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="E783" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F783" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="784" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A784" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B784" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C784" s="11" t="s">
+        <v>876</v>
+      </c>
+      <c r="D784" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E784" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F784" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="785" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A785" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B785" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C785" s="11" t="s">
+        <v>877</v>
+      </c>
+      <c r="D785" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E785" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F785" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="786" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A786" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B786" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C786" s="11" t="s">
+        <v>878</v>
+      </c>
+      <c r="D786" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E786" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F786" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="787" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A787" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B787" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C787" s="11" t="s">
+        <v>879</v>
+      </c>
+      <c r="D787" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E787" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F787" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="788" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A788" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B788" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C788" s="11" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D788" s="14" t="s">
+        <v>287</v>
+      </c>
+      <c r="E788" s="14" t="s">
+        <v>288</v>
+      </c>
+      <c r="F788" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="789" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A789" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B789" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C789" s="11" t="s">
+        <v>880</v>
+      </c>
+      <c r="D789" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E789" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F789" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="790" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A790" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B790" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C790" s="11" t="s">
+        <v>881</v>
+      </c>
+      <c r="D790" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E790" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F790" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="791" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A791" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B791" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C791" s="11" t="s">
+        <v>882</v>
+      </c>
+      <c r="D791" s="13" t="s">
+        <v>883</v>
+      </c>
+      <c r="E791" s="13" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F791" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="792" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A792" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B792" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C792" s="11" t="s">
+        <v>884</v>
+      </c>
+      <c r="D792" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E792" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F792" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="793" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A793" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B793" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C793" s="11" t="s">
+        <v>885</v>
+      </c>
+      <c r="D793" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E793" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F793" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="794" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A794" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B794" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C794" s="11" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D794" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E794" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F794" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="795" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A795" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B795" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C795" s="11" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D795" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E795" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F795" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="796" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A796" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B796" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C796" s="11" t="s">
+        <v>886</v>
+      </c>
+      <c r="D796" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E796" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F796" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="797" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A797" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B797" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C797" s="11" t="s">
+        <v>887</v>
+      </c>
+      <c r="D797" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E797" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F797" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="798" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A798" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B798" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C798" s="11" t="s">
+        <v>888</v>
+      </c>
+      <c r="D798" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E798" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F798" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="799" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A799" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B799" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C799" s="11" t="s">
+        <v>889</v>
+      </c>
+      <c r="D799" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E799" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F799" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="800" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A800" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B800" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C800" s="11" t="s">
+        <v>890</v>
+      </c>
+      <c r="D800" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E800" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F800" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="801" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A801" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B801" s="11" t="s">
+        <v>875</v>
+      </c>
+      <c r="C801" s="11" t="s">
+        <v>891</v>
+      </c>
+      <c r="D801" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E801" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F801" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="802" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A802" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B802" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C802" s="11" t="s">
+        <v>785</v>
+      </c>
+      <c r="D802" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E802" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F802" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="803" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A803" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B803" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C803" s="11" t="s">
+        <v>786</v>
+      </c>
+      <c r="D803" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E803" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F803" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="804" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A804" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B804" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C804" s="11" t="s">
+        <v>787</v>
+      </c>
+      <c r="D804" s="11" t="s">
         <v>29</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E804" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="F6" s="11" t="s">
-[...10 lines deleted...]
-      <c r="B7" s="11" t="s">
+      <c r="F804" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="805" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A805" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B805" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C805" s="11" t="s">
+        <v>788</v>
+      </c>
+      <c r="D805" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E805" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F805" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="806" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A806" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B806" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C806" s="11" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D806" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="E806" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="F806" s="11" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="807" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A807" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B807" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C807" s="11" t="s">
+        <v>789</v>
+      </c>
+      <c r="D807" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E807" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F807" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="808" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A808" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B808" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C808" s="11" t="s">
+        <v>790</v>
+      </c>
+      <c r="D808" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E808" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F808" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="809" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A809" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B809" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C809" s="11" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D809" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E809" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F809" s="11" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="810" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A810" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B810" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C810" s="11" t="s">
+        <v>791</v>
+      </c>
+      <c r="D810" s="11" t="s">
+        <v>792</v>
+      </c>
+      <c r="E810" s="11" t="s">
+        <v>793</v>
+      </c>
+      <c r="F810" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="811" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A811" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B811" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C811" s="11" t="s">
+        <v>794</v>
+      </c>
+      <c r="D811" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="E811" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F811" s="11" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="812" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A812" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B812" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C812" s="11" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D812" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E812" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F812" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="813" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A813" s="17" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B813" s="17" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C813" s="17" t="s">
+        <v>795</v>
+      </c>
+      <c r="D813" s="17" t="s">
+        <v>309</v>
+      </c>
+      <c r="E813" s="17" t="s">
+        <v>310</v>
+      </c>
+      <c r="F813" s="17" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="814" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A814" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B814" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C814" s="11" t="s">
+        <v>796</v>
+      </c>
+      <c r="D814" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="E814" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F814" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="815" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A815" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B815" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C815" s="11" t="s">
+        <v>797</v>
+      </c>
+      <c r="D815" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E815" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F815" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="816" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A816" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B816" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C816" s="11" t="s">
+        <v>798</v>
+      </c>
+      <c r="D816" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E816" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F816" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="817" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A817" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B817" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C817" s="11" t="s">
+        <v>799</v>
+      </c>
+      <c r="D817" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="E817" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F817" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="818" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A818" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="B818" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="C818" s="14" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D818" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E818" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="11" t="s">
+      <c r="F818" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="819" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A819" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B819" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C819" s="11" t="s">
+        <v>893</v>
+      </c>
+      <c r="D819" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="E819" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="F819" s="11" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="820" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A820" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B820" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C820" s="11" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D820" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="E820" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="F820" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="821" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A821" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B821" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C821" s="11" t="s">
+        <v>894</v>
+      </c>
+      <c r="D821" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E821" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F821" s="21" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="822" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A822" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B822" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C822" s="11" t="s">
+        <v>895</v>
+      </c>
+      <c r="D822" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E822" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F822" s="21" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="823" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A823" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B823" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C823" s="11" t="s">
+        <v>896</v>
+      </c>
+      <c r="D823" s="11" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E823" s="11" t="s">
+        <v>871</v>
+      </c>
+      <c r="F823" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="824" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A824" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B824" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C824" s="11" t="s">
+        <v>897</v>
+      </c>
+      <c r="D824" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E824" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F824" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="825" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A825" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B825" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C825" s="11" t="s">
+        <v>899</v>
+      </c>
+      <c r="D825" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E825" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F825" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="826" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A826" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B826" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C826" s="11" t="s">
+        <v>900</v>
+      </c>
+      <c r="D826" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E826" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F826" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="827" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A827" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B827" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C827" s="11" t="s">
+        <v>901</v>
+      </c>
+      <c r="D827" s="11" t="s">
+        <v>902</v>
+      </c>
+      <c r="E827" s="11" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F827" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="828" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A828" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B828" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C828" s="11" t="s">
+        <v>903</v>
+      </c>
+      <c r="D828" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E828" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F828" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="829" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A829" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B829" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C829" s="11" t="s">
+        <v>904</v>
+      </c>
+      <c r="D829" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="E829" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F829" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="830" spans="1:6" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A830" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B830" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C830" s="11" t="s">
+        <v>905</v>
+      </c>
+      <c r="D830" s="12" t="s">
+        <v>906</v>
+      </c>
+      <c r="E830" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F830" s="12" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="831" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A831" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B831" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C831" s="11" t="s">
+        <v>907</v>
+      </c>
+      <c r="D831" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E831" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F831" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="832" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A832" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B832" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C832" s="11" t="s">
+        <v>908</v>
+      </c>
+      <c r="D832" s="11" t="s">
+        <v>909</v>
+      </c>
+      <c r="E832" s="11" t="s">
+        <v>871</v>
+      </c>
+      <c r="F832" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="833" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A833" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B833" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C833" s="11" t="s">
+        <v>910</v>
+      </c>
+      <c r="D833" s="11" t="s">
+        <v>909</v>
+      </c>
+      <c r="E833" s="11" t="s">
+        <v>871</v>
+      </c>
+      <c r="F833" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="834" spans="1:6" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A834" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B834" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C834" s="11" t="s">
+        <v>911</v>
+      </c>
+      <c r="D834" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="E834" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F834" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="835" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A835" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B835" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C835" s="11" t="s">
+        <v>912</v>
+      </c>
+      <c r="D835" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E835" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F835" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="836" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A836" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B836" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C836" s="11" t="s">
+        <v>913</v>
+      </c>
+      <c r="D836" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="E836" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="F836" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="837" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A837" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B837" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C837" s="11" t="s">
+        <v>914</v>
+      </c>
+      <c r="D837" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="E837" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="F837" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="838" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A838" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B838" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C838" s="11" t="s">
+        <v>915</v>
+      </c>
+      <c r="D838" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="E838" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F838" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="839" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A839" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B839" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C839" s="11" t="s">
+        <v>916</v>
+      </c>
+      <c r="D839" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="E839" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F839" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="840" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A840" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B840" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C840" s="11" t="s">
+        <v>917</v>
+      </c>
+      <c r="D840" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E840" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F840" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="841" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A841" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B841" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C841" s="11" t="s">
+        <v>918</v>
+      </c>
+      <c r="D841" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E841" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F841" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="842" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A842" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B842" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C842" s="11" t="s">
+        <v>919</v>
+      </c>
+      <c r="D842" s="11" t="s">
+        <v>902</v>
+      </c>
+      <c r="E842" s="11" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F842" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="843" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A843" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B843" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C843" s="11" t="s">
+        <v>920</v>
+      </c>
+      <c r="D843" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E843" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F843" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="844" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A844" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B844" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C844" s="11" t="s">
+        <v>921</v>
+      </c>
+      <c r="D844" s="11" t="s">
+        <v>648</v>
+      </c>
+      <c r="E844" s="11" t="s">
+        <v>649</v>
+      </c>
+      <c r="F844" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="845" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A845" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B845" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C845" s="11" t="s">
+        <v>922</v>
+      </c>
+      <c r="D845" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E845" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="F845" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="846" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A846" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B846" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C846" s="11" t="s">
+        <v>923</v>
+      </c>
+      <c r="D846" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E846" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F846" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="847" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A847" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B847" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C847" s="11" t="s">
+        <v>924</v>
+      </c>
+      <c r="D847" s="11" t="s">
+        <v>898</v>
+      </c>
+      <c r="E847" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F847" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="848" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A848" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B848" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C848" s="13" t="s">
+        <v>925</v>
+      </c>
+      <c r="D848" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E848" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F848" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="849" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A849" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B849" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C849" s="13" t="s">
+        <v>926</v>
+      </c>
+      <c r="D849" s="11" t="s">
         <v>72</v>
       </c>
-      <c r="F7" s="11" t="s">
-[...33 lines deleted...]
-      <c r="B9" s="11" t="s">
+      <c r="E849" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="11" t="s">
-[...51 lines deleted...]
-      <c r="E11" s="11" t="s">
+      <c r="F849" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="850" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A850" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B850" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C850" s="13" t="s">
+        <v>927</v>
+      </c>
+      <c r="D850" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E850" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F850" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="851" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A851" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B851" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C851" s="11" t="s">
+        <v>928</v>
+      </c>
+      <c r="D851" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E851" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F851" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="852" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A852" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B852" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C852" s="11" t="s">
+        <v>929</v>
+      </c>
+      <c r="D852" s="11" t="s">
+        <v>930</v>
+      </c>
+      <c r="E852" s="11" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F852" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="853" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A853" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B853" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C853" s="11" t="s">
+        <v>931</v>
+      </c>
+      <c r="D853" s="11" t="s">
+        <v>806</v>
+      </c>
+      <c r="E853" s="11" t="s">
+        <v>807</v>
+      </c>
+      <c r="F853" s="11" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="854" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A854" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B854" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C854" s="11" t="s">
+        <v>932</v>
+      </c>
+      <c r="D854" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E854" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F854" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="855" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A855" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B855" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C855" s="11" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D855" s="11" t="s">
+        <v>902</v>
+      </c>
+      <c r="E855" s="11" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F855" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="856" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A856" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B856" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C856" s="11" t="s">
+        <v>933</v>
+      </c>
+      <c r="D856" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E856" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F856" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="857" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A857" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B857" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C857" s="11" t="s">
+        <v>934</v>
+      </c>
+      <c r="D857" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E857" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F857" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="858" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A858" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B858" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C858" s="11" t="s">
+        <v>935</v>
+      </c>
+      <c r="D858" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E858" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F858" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="859" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A859" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B859" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C859" s="11" t="s">
+        <v>936</v>
+      </c>
+      <c r="D859" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E859" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="F859" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="860" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A860" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B860" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C860" s="11" t="s">
+        <v>937</v>
+      </c>
+      <c r="D860" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E860" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F860" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="861" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A861" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B861" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C861" s="13" t="s">
+        <v>938</v>
+      </c>
+      <c r="D861" s="13" t="s">
+        <v>939</v>
+      </c>
+      <c r="E861" s="13" t="s">
+        <v>940</v>
+      </c>
+      <c r="F861" s="13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="862" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A862" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B862" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C862" s="11" t="s">
+        <v>941</v>
+      </c>
+      <c r="D862" s="11" t="s">
+        <v>902</v>
+      </c>
+      <c r="E862" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F862" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="863" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A863" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B863" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C863" s="11" t="s">
+        <v>942</v>
+      </c>
+      <c r="D863" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E863" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F863" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="864" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A864" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B864" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C864" s="11" t="s">
+        <v>943</v>
+      </c>
+      <c r="D864" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E864" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F864" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="865" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A865" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B865" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C865" s="11" t="s">
+        <v>944</v>
+      </c>
+      <c r="D865" s="12" t="s">
+        <v>906</v>
+      </c>
+      <c r="E865" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F865" s="12" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="866" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A866" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B866" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C866" s="11" t="s">
+        <v>945</v>
+      </c>
+      <c r="D866" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="E866" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="F866" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="867" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A867" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B867" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C867" s="11" t="s">
+        <v>946</v>
+      </c>
+      <c r="D867" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E867" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F867" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="868" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A868" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B868" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C868" s="11" t="s">
+        <v>947</v>
+      </c>
+      <c r="D868" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E868" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F868" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="869" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A869" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B869" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C869" s="11" t="s">
+        <v>948</v>
+      </c>
+      <c r="D869" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E869" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F869" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="870" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A870" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B870" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C870" s="11" t="s">
+        <v>950</v>
+      </c>
+      <c r="D870" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E870" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F870" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="871" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A871" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B871" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C871" s="11" t="s">
+        <v>951</v>
+      </c>
+      <c r="D871" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E871" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F871" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="872" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A872" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B872" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C872" s="11" t="s">
+        <v>952</v>
+      </c>
+      <c r="D872" s="11" t="s">
         <v>51</v>
       </c>
-      <c r="F11" s="11" t="s">
-[...10 lines deleted...]
-      <c r="B12" s="11" t="s">
+      <c r="E872" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="C12" s="11" t="s">
-[...42 lines deleted...]
-      <c r="B14" s="11" t="s">
+      <c r="F872" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="873" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A873" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B873" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C873" s="11" t="s">
+        <v>953</v>
+      </c>
+      <c r="D873" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="E873" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="F873" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="874" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A874" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B874" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C874" s="11" t="s">
+        <v>954</v>
+      </c>
+      <c r="D874" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E874" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F874" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="875" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A875" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="B875" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="C875" s="14" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D875" s="14" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E875" s="14" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F875" s="14" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="876" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A876" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B876" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C876" s="11" t="s">
+        <v>955</v>
+      </c>
+      <c r="D876" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E876" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F876" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="877" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A877" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B877" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C877" s="11" t="s">
+        <v>956</v>
+      </c>
+      <c r="D877" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="E877" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="F877" s="11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="878" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A878" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="B878" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="C878" s="14" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D878" s="14" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E878" s="14" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F878" s="14" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="879" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A879" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B879" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C879" s="11" t="s">
+        <v>957</v>
+      </c>
+      <c r="D879" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="E879" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="F879" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="880" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A880" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B880" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C880" s="11" t="s">
+        <v>958</v>
+      </c>
+      <c r="D880" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E880" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F880" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="881" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A881" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B881" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C881" s="11" t="s">
+        <v>959</v>
+      </c>
+      <c r="D881" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="E881" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="F881" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="882" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A882" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B882" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C882" s="11" t="s">
+        <v>960</v>
+      </c>
+      <c r="D882" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E882" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F882" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="883" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A883" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="B883" s="14" t="s">
+        <v>892</v>
+      </c>
+      <c r="C883" s="14" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D883" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E883" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="11" t="s">
-[...413 lines deleted...]
-      <c r="C32" s="11" t="s">
+      <c r="F883" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="884" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A884" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B884" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C884" s="11" t="s">
+        <v>961</v>
+      </c>
+      <c r="D884" s="11" t="s">
+        <v>648</v>
+      </c>
+      <c r="E884" s="11" t="s">
+        <v>649</v>
+      </c>
+      <c r="F884" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="885" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A885" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B885" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C885" s="11" t="s">
+        <v>962</v>
+      </c>
+      <c r="D885" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="E885" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="D32" s="11" t="s">
-[...623 lines deleted...]
-      <c r="E59" s="14" t="s">
+      <c r="F885" s="11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="886" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A886" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B886" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C886" s="11" t="s">
+        <v>963</v>
+      </c>
+      <c r="D886" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E886" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="F59" s="13" t="s">
-[...1209 lines deleted...]
-      <c r="C112" s="11" t="s">
+      <c r="F886" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="887" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A887" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B887" s="11" t="s">
+        <v>892</v>
+      </c>
+      <c r="C887" s="11" t="s">
+        <v>964</v>
+      </c>
+      <c r="D887" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E887" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F887" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="888" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A888" s="11" t="s">
+        <v>965</v>
+      </c>
+      <c r="B888" s="11" t="s">
+        <v>965</v>
+      </c>
+      <c r="C888" s="11" t="s">
+        <v>966</v>
+      </c>
+      <c r="D888" s="11" t="s">
         <v>287</v>
       </c>
-      <c r="D112" s="11" t="s">
+      <c r="E888" s="11" t="s">
         <v>288</v>
       </c>
-      <c r="E112" s="11" t="s">
-[...7849 lines deleted...]
-      <c r="B455" s="11" t="s">
+      <c r="F888" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="889" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A889" s="11" t="s">
         <v>965</v>
       </c>
-      <c r="C455" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D455" s="11" t="s">
+      <c r="B889" s="11" t="s">
+        <v>965</v>
+      </c>
+      <c r="C889" s="11" t="s">
         <v>967</v>
       </c>
-      <c r="E455" s="11" t="s">
-[...13 lines deleted...]
-      <c r="B456" s="11" t="s">
+      <c r="D889" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E889" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F889" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="890" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A890" s="11" t="s">
+        <v>965</v>
+      </c>
+      <c r="B890" s="11" t="s">
+        <v>965</v>
+      </c>
+      <c r="C890" s="11" t="s">
         <v>968</v>
       </c>
-      <c r="C456" s="11" t="s">
-[...19 lines deleted...]
-      <c r="B457" s="11" t="s">
+      <c r="D890" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E890" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F890" s="11" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="891" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A891" s="11" t="s">
         <v>965</v>
       </c>
-      <c r="C457" s="13" t="s">
-[...249 lines deleted...]
-      <c r="B468" s="11" t="s">
+      <c r="B891" s="11" t="s">
         <v>965</v>
       </c>
-      <c r="C468" s="11" t="s">
-[...1126 lines deleted...]
-      <c r="C517" s="11" t="s">
+      <c r="C891" s="11" t="s">
         <v>1087</v>
       </c>
-      <c r="D517" s="11" t="s">
-[...8011 lines deleted...]
-        <v>1731</v>
+      <c r="D891" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="E891" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="F891" s="11" t="s">
+        <v>969</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F834" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-[...5 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="3" priority="4"/>
+  <autoFilter ref="A1:F865" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <conditionalFormatting sqref="C855:C865 C868:C871 C873:C876 C881 C878 C883:C891 C31:C86 C2:C29">
+    <cfRule type="duplicateValues" dxfId="3" priority="9"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D33:D87 D2:D31">
-    <cfRule type="duplicateValues" dxfId="2" priority="3"/>
+  <conditionalFormatting sqref="D366">
+    <cfRule type="duplicateValues" dxfId="2" priority="7"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D381:E381">
-    <cfRule type="duplicateValues" dxfId="1" priority="2"/>
+  <conditionalFormatting sqref="D687:E687">
+    <cfRule type="duplicateValues" dxfId="1" priority="6"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E716:F716">
-    <cfRule type="duplicateValues" dxfId="0" priority="1"/>
+  <conditionalFormatting sqref="C872:E872">
+    <cfRule type="duplicateValues" dxfId="0" priority="17"/>
   </conditionalFormatting>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="1.1023622047244095" bottom="0.31496062992125984" header="0.23622047244094491" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="79" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;CELENCO MEDICI SPECIALISTI DEL'ATS INSUBRIA ABILITATI ALLA PRESCRIZIONE DI FORNITURE PROTESICHE
-Aggiornamento al 30/06/2025</oddHeader>
+Aggiornamento al 31/12/2025</oddHeader>
     <oddFooter>&amp;R&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="74f4b2ef-d7ee-46f9-988a-12af1883e036" xsi:nil="true"/>
+    <TaxCatchAll xmlns="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="74f4b2ef-d7ee-46f9-988a-12af1883e036">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74f4b2ef-d7ee-46f9-988a-12af1883e036" xmlns:ns3="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75582aa6b7a67857e4eab2cea7ff87a7" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100FCBF52EAE233F04E94B4D5EFD41D4322" ma:contentTypeVersion="16" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="78e47afa2753773b00e0b64beec0327b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74f4b2ef-d7ee-46f9-988a-12af1883e036" xmlns:ns3="1cdb37ba-bd00-4abb-b556-df1c2ae16f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37a531192e4a37946a43cdc2d5f774a5" ns2:_="" ns3:_="">
     <xsd:import namespace="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
     <xsd:import namespace="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -27233,137 +22683,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8205E93C-6CE5-44CB-91AA-9DA708086D36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="1cdb37ba-bd00-4abb-b556-df1c2ae16f15"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="74f4b2ef-d7ee-46f9-988a-12af1883e036"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BF1F7CF-0585-4BC1-8B07-468A1C294C88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8205E93C-6CE5-44CB-91AA-9DA708086D36}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7006FB3-4F22-4E7F-A6E7-462C5C08E0C6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>aggiornamento al 30_06_2025 web</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'aggiornamento al 30_06_2025 web'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>aggiornamento al 31_12_2025</vt:lpstr>
+      <vt:lpstr>'aggiornamento al 31_12_2025'!Area_stampa</vt:lpstr>
+      <vt:lpstr>'aggiornamento al 31_12_2025'!Titoli_stampa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>ALBO PRESCRITTORI PROTESICA</dc:title>
+  <dc:subject>ALBO PRESCRITTORI PROTESICA</dc:subject>
   <dc:creator>Oria Cristina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FCBF52EAE233F04E94B4D5EFD41D4322</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>